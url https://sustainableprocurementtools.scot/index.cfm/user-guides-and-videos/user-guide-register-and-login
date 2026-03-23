--- v0 (2025-12-15)
+++ v1 (2026-03-23)
@@ -1,34 +1,34 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXML/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="443C4DC0" w14:textId="77777777" w:rsidR="00B44EA2" w:rsidRPr="00543411" w:rsidRDefault="003504E2" w:rsidP="00B44EA2">
       <w:pPr>
         <w:rPr>
@@ -70,501 +70,562 @@
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:id w:val="1164208039"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
         <w:bookmarkStart w:id="1" w:name="Contents" w:displacedByCustomXml="prev"/>
         <w:bookmarkEnd w:id="1" w:displacedByCustomXml="prev"/>
-        <w:p w14:paraId="587F94B1" w14:textId="77777777" w:rsidR="00700E4C" w:rsidRPr="007468DD" w:rsidRDefault="00700E4C">
+        <w:p w14:paraId="587F94B1" w14:textId="77777777" w:rsidR="00700E4C" w:rsidRPr="00D83A6D" w:rsidRDefault="00700E4C">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="24"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="007468DD">
+          <w:r w:rsidRPr="00D83A6D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="551F93FE" w14:textId="199FEB42" w:rsidR="000A7190" w:rsidRDefault="00700E4C">
+        <w:p w14:paraId="551F93FE" w14:textId="199FEB42" w:rsidR="000A7190" w:rsidRPr="00D83A6D" w:rsidRDefault="00700E4C">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="007468DD">
+          <w:r w:rsidRPr="00D83A6D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="007468DD">
+          <w:r w:rsidRPr="00D83A6D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r w:rsidRPr="007468DD">
+          <w:r w:rsidRPr="00D83A6D">
             <w:rPr>
               <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc191566663" w:history="1">
-            <w:r w:rsidR="000A7190" w:rsidRPr="003B1875">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
-            <w:r w:rsidR="000A7190">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="000A7190" w:rsidRPr="003B1875">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>To register</w:t>
             </w:r>
-            <w:r w:rsidR="000A7190">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="000A7190">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="000A7190">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc191566663 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="000A7190">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="000A7190">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000A7190">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="000A7190">
+            <w:r w:rsidR="000A7190" w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="377D5DC7" w14:textId="736CED48" w:rsidR="000A7190" w:rsidRDefault="000A7190">
+        <w:p w14:paraId="377D5DC7" w14:textId="736CED48" w:rsidR="000A7190" w:rsidRPr="00D83A6D" w:rsidRDefault="000A7190">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc191566664" w:history="1">
-            <w:r w:rsidRPr="003B1875">
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="003B1875">
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>To login</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc191566664 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5F836159" w14:textId="34461F8F" w:rsidR="000A7190" w:rsidRDefault="000A7190">
+        <w:p w14:paraId="5F836159" w14:textId="34461F8F" w:rsidR="000A7190" w:rsidRPr="00D83A6D" w:rsidRDefault="000A7190">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="left" w:pos="440"/>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:cstheme="minorBidi"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:sz w:val="24"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
               <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc191566665" w:history="1">
-            <w:r w:rsidRPr="003B1875">
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rFonts w:cstheme="minorBidi"/>
                 <w:noProof/>
                 <w:kern w:val="2"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidRPr="003B1875">
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
                 <w:lang w:eastAsia="en-GB"/>
               </w:rPr>
               <w:t>Forgotten Login</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc191566665 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00D83A6D">
               <w:rPr>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
         <w:p w14:paraId="6CD5E401" w14:textId="4E3A8D2A" w:rsidR="003E75FB" w:rsidRPr="00827747" w:rsidRDefault="00700E4C" w:rsidP="00B44EA2">
           <w:pPr>
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="007468DD">
+          <w:r w:rsidRPr="00D83A6D">
             <w:rPr>
               <w:rFonts w:cs="Arial"/>
               <w:bCs/>
               <w:noProof/>
-              <w:sz w:val="22"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="6498E3C9" w14:textId="77777777" w:rsidR="00091D61" w:rsidRDefault="00091D61">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="586785BD" w14:textId="77777777" w:rsidR="003017A9" w:rsidRPr="005161CB" w:rsidRDefault="005161CB" w:rsidP="00543411">
+    <w:p w14:paraId="586785BD" w14:textId="77777777" w:rsidR="003017A9" w:rsidRPr="005C6EFC" w:rsidRDefault="005161CB" w:rsidP="00543411">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
           <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="Register"/>
       <w:bookmarkStart w:id="3" w:name="_Toc191566663"/>
       <w:bookmarkEnd w:id="2"/>
-      <w:r>
+      <w:r w:rsidRPr="005C6EFC">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>To register</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="168276D5" w14:textId="77777777" w:rsidR="0093716D" w:rsidRDefault="0093716D" w:rsidP="0093716D">
+    <w:p w14:paraId="168276D5" w14:textId="77777777" w:rsidR="0093716D" w:rsidRPr="005C6EFC" w:rsidRDefault="0093716D" w:rsidP="0093716D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
-          <w:sz w:val="40"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="0093716D">
+        <w:r w:rsidRPr="005C6EFC">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:sz w:val="40"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
           </w:rPr>
           <w:t>https://sustainableprocurementtools.scot/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="261594AF" w14:textId="77777777" w:rsidR="00C53761" w:rsidRDefault="00C53761" w:rsidP="00C53761">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24F5C61B" w14:textId="77777777" w:rsidR="007A1F4D" w:rsidRPr="00C53761" w:rsidRDefault="007A1F4D" w:rsidP="00C53761">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03BDCD0F" w14:textId="256BE0EB" w:rsidR="003017A9" w:rsidRDefault="00056CE0" w:rsidP="003017A9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252142592" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A699CDB" wp14:editId="1E2003BF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252142592" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A699CDB" wp14:editId="091C9E90">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1495681</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1103853</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2613792" cy="553102"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1744776030" name="Picture 2"/>
+            <wp:docPr id="1744776030" name="Picture 2" descr="To use the tools you must fist register.&#10;1) Click on First Time Registration"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPr id="1744776030" name="Picture 2" descr="To use the tools you must fist register.&#10;1) Click on First Time Registration"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2613792" cy="553102"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
@@ -667,132 +728,144 @@
                     <w:p w14:paraId="44335800" w14:textId="77777777" w:rsidR="001007FB" w:rsidRPr="00B2342F" w:rsidRDefault="001007FB" w:rsidP="001007FB">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003017A9">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7638D7AD" wp14:editId="40984639">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7638D7AD" wp14:editId="0CD90E33">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3975502</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>811249</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="527050" cy="289367"/>
                 <wp:effectExtent l="19050" t="38100" r="44450" b="34925"/>
                 <wp:wrapNone/>
-                <wp:docPr id="18" name="Straight Arrow Connector 18"/>
+                <wp:docPr id="18" name="Straight Arrow Connector 18">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="527050" cy="289367"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="57D635B1" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+              <v:shapetype w14:anchorId="0C9597C3" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                 <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                 <o:lock v:ext="edit" shapetype="t"/>
               </v:shapetype>
-              <v:shape id="Straight Arrow Connector 18" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:313.05pt;margin-top:63.9pt;width:41.5pt;height:22.8pt;flip:y;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDP5kbazQEAAH4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfabJF3Zao6R5aygXB&#10;Sizcp46dWPKXxqZp/z1jJ5QFbqvNwZrxeN7MvHnZPlysYWeJUXvX8rtFzZl0wnfa9S3//nR8t+Es&#10;JnAdGO9ky68y8ofd2zfbMTRy6QdvOomMQFxsxtDyIaXQVFUUg7QQFz5IR0Hl0UIiF/uqQxgJ3Zpq&#10;Wdf31eixC+iFjJFuD1OQ7wq+UlKkr0pFmZhpOfWWyonlPOWz2m2h6RHCoMXcBrygCwvaUdEb1AES&#10;sJ+o/4OyWqCPXqWF8LbySmkhyww0zV39zzTfBgiyzELkxHCjKb4erPhy3rtHJBrGEJsYHjFPcVFo&#10;mTI6/KCdlrmoU3YptF1vtMlLYoIuV8t1vSJyBYWWmw/v79eZ1mqCyXABY/okvWXZaHlMCLof0t47&#10;RwvyOJWA8+eYpsTfCTnZ+aM2puzJODbmEqv1iqoByUUZSGTa0BGs6zkD05MORcLSdfRGdzk9A0Xs&#10;T3uD7AykheOxpm/u869nufYB4jC9K6FJJVYnkqrRtuWbnDyLJ4E2H13H0jWQvhNqcL2RM7JxubIs&#10;Qpyn+8Nztk6+uxb6q+zRkgtxsyCzip77ZD//bXa/AAAA//8DAFBLAwQUAAYACAAAACEAYEZHP+EA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9hNoyRtzKaIoKAUxLSHHjfZ&#10;aRLMzobston+eseTHue9jzfv5ZvZ9uKMo+8cKVguIhBItTMdNQr2u+fbFQgfNBndO0IFX+hhU1xe&#10;5DozbqIPPJehERxCPtMK2hCGTEpft2i1X7gBib2jG60OfI6NNKOeONz2Mo6iRFrdEX9o9YBPLdaf&#10;5ckqaI7lyk/29f3t261fErvFXXW4Uer6an58ABFwDn8w/Nbn6lBwp8qdyHjRK0jiZMkoG3HKG5hI&#10;ozUrFSvp3T3IIpf/NxQ/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM/mRtrNAQAAfgMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGBGRz/hAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAJwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" strokecolor="red" strokeweight="2.25pt">
+              <v:shape id="Straight Arrow Connector 18" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:313.05pt;margin-top:63.9pt;width:41.5pt;height:22.8pt;flip:y;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDP5kbazQEAAH4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfabJF3Zao6R5aygXB&#10;Sizcp46dWPKXxqZp/z1jJ5QFbqvNwZrxeN7MvHnZPlysYWeJUXvX8rtFzZl0wnfa9S3//nR8t+Es&#10;JnAdGO9ky68y8ofd2zfbMTRy6QdvOomMQFxsxtDyIaXQVFUUg7QQFz5IR0Hl0UIiF/uqQxgJ3Zpq&#10;Wdf31eixC+iFjJFuD1OQ7wq+UlKkr0pFmZhpOfWWyonlPOWz2m2h6RHCoMXcBrygCwvaUdEb1AES&#10;sJ+o/4OyWqCPXqWF8LbySmkhyww0zV39zzTfBgiyzELkxHCjKb4erPhy3rtHJBrGEJsYHjFPcVFo&#10;mTI6/KCdlrmoU3YptF1vtMlLYoIuV8t1vSJyBYWWmw/v79eZ1mqCyXABY/okvWXZaHlMCLof0t47&#10;RwvyOJWA8+eYpsTfCTnZ+aM2puzJODbmEqv1iqoByUUZSGTa0BGs6zkD05MORcLSdfRGdzk9A0Xs&#10;T3uD7AykheOxpm/u869nufYB4jC9K6FJJVYnkqrRtuWbnDyLJ4E2H13H0jWQvhNqcL2RM7JxubIs&#10;Qpyn+8Nztk6+uxb6q+zRkgtxsyCzip77ZD//bXa/AAAA//8DAFBLAwQUAAYACAAAACEAYEZHP+EA&#10;AAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9hNoyRtzKaIoKAUxLSHHjfZ&#10;aRLMzobston+eseTHue9jzfv5ZvZ9uKMo+8cKVguIhBItTMdNQr2u+fbFQgfNBndO0IFX+hhU1xe&#10;5DozbqIPPJehERxCPtMK2hCGTEpft2i1X7gBib2jG60OfI6NNKOeONz2Mo6iRFrdEX9o9YBPLdaf&#10;5ckqaI7lyk/29f3t261fErvFXXW4Uer6an58ABFwDn8w/Nbn6lBwp8qdyHjRK0jiZMkoG3HKG5hI&#10;ozUrFSvp3T3IIpf/NxQ/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEA&#10;AAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM/mRtrNAQAAfgMA&#10;AA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGBGRz/hAAAA&#10;CwEAAA8AAAAAAAAAAAAAAAAAJwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA1BQAA&#10;AAA=&#10;" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003017A9">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71804F42" wp14:editId="626D8831">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="71804F42" wp14:editId="3D6E0D46">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>0</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>309173</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5708650" cy="158750"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="16" name="Text Box 16"/>
+                <wp:docPr id="16" name="Text Box 16">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5708650" cy="158750"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:sysClr val="window" lastClr="FFFFFF">
                             <a:lumMod val="95000"/>
                           </a:sysClr>
                         </a:solidFill>
                         <a:ln w="6350">
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="7413AE3D" w14:textId="77777777" w:rsidR="00782DBF" w:rsidRPr="00B2342F" w:rsidRDefault="00782DBF" w:rsidP="003017A9">
@@ -804,90 +877,100 @@
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="71804F42" id="Text Box 16" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:24.35pt;width:449.5pt;height:12.5pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABZYz8RgIAAI0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkedWIU2QpMgzI&#10;2gLp0LMiS7EBWdQkJXb260fJebXbaZgPMinSH8mPpGf3ba3IQVhXgc5pv5dSIjSHotK7nP54WX2a&#10;UuI80wVToEVOj8LR+/nHD7PGZGIAJahCWIIg2mWNyWnpvcmSxPFS1Mz1wAiNRgm2Zh5Vu0sKyxpE&#10;r1UySNNx0oAtjAUunMPbh85I5xFfSsH9k5ROeKJyirn5eNp4bsOZzGcs21lmyoqf0mD/kEXNKo1B&#10;L1APzDOyt9UfUHXFLTiQvsehTkDKiotYA1bTT99VsymZEbEWJMeZC03u/8Hyx8PGPFvi2y/QYgMD&#10;IY1xmcPLUE8rbR3emClBO1J4vNAmWk84Xo4m6XQ8QhNHW380naCMMMn1a2Od/yqgJkHIqcW2RLbY&#10;Ye1853p2CcEcqKpYVUpF5eiWypIDww5i4wtoKFHMebzM6So+EUvt6+9QdH53ozQ95+Di9zGdN7hK&#10;kyan48+YbAijIQTsclEa3a8sBMm325ZUxQ1DWyiOSJyFbqac4asKq1tjas/M4hAhIbgY/gkPqQBj&#10;wUmipAT762/3wR97i1ZKGhzKnLqfe2YFVvxNY9fv+sNhmOKoDEeTASr21rK9teh9vQRkrY8raHgU&#10;g79XZ1FaqF9xfxYhKpqY5hg7p/4sLn23Krh/XCwW0Qnn1jC/1hvDA3TgLvTupX1l1pwa7HE0HuE8&#10;vix71+fOt2N9sfcgqzgEgeeO1RP9OPOxb6f9DEt1q0ev619k/hsAAP//AwBQSwMEFAAGAAgAAAAh&#10;AFh6GyLZAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoA1TkhzgVQnCH&#10;NuLsxosTiNdR7DamT89yosedGc18W2+SG8UR5zB4UnC7ykAgdd4MZBW0u9ebAkSImowePaGCHwyw&#10;aS4val0Zv9A7HrfRCi6hUGkFfYxTJWXoenQ6rPyExN6nn52OfM5WmlkvXO5GeZdlD9LpgXih1xM+&#10;99h9bw9OwVubdh/FV1q3Du3LKZyWwZdWqeur9PQIImKK/2H4w2d0aJhp7w9kghgV8CNRwbrIQbBb&#10;lCULewX5fQ6yqeU5fvMLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAWWM/EYCAACNBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWHobItkAAAAG&#10;AQAADwAAAAAAAAAAAAAAAACgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" fillcolor="#f2f2f2" stroked="f" strokeweight=".5pt">
+              <v:shapetype w14:anchorId="71804F42" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 16" o:spid="_x0000_s1027" type="#_x0000_t202" alt="&quot;&quot;" style="position:absolute;margin-left:0;margin-top:24.35pt;width:449.5pt;height:12.5pt;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABZYz8RgIAAI0EAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkedWIU2QpMgzI&#10;2gLp0LMiS7EBWdQkJXb260fJebXbaZgPMinSH8mPpGf3ba3IQVhXgc5pv5dSIjSHotK7nP54WX2a&#10;UuI80wVToEVOj8LR+/nHD7PGZGIAJahCWIIg2mWNyWnpvcmSxPFS1Mz1wAiNRgm2Zh5Vu0sKyxpE&#10;r1UySNNx0oAtjAUunMPbh85I5xFfSsH9k5ROeKJyirn5eNp4bsOZzGcs21lmyoqf0mD/kEXNKo1B&#10;L1APzDOyt9UfUHXFLTiQvsehTkDKiotYA1bTT99VsymZEbEWJMeZC03u/8Hyx8PGPFvi2y/QYgMD&#10;IY1xmcPLUE8rbR3emClBO1J4vNAmWk84Xo4m6XQ8QhNHW380naCMMMn1a2Od/yqgJkHIqcW2RLbY&#10;Ye1853p2CcEcqKpYVUpF5eiWypIDww5i4wtoKFHMebzM6So+EUvt6+9QdH53ozQ95+Di9zGdN7hK&#10;kyan48+YbAijIQTsclEa3a8sBMm325ZUxQ1DWyiOSJyFbqac4asKq1tjas/M4hAhIbgY/gkPqQBj&#10;wUmipAT762/3wR97i1ZKGhzKnLqfe2YFVvxNY9fv+sNhmOKoDEeTASr21rK9teh9vQRkrY8raHgU&#10;g79XZ1FaqF9xfxYhKpqY5hg7p/4sLn23Krh/XCwW0Qnn1jC/1hvDA3TgLvTupX1l1pwa7HE0HuE8&#10;vix71+fOt2N9sfcgqzgEgeeO1RP9OPOxb6f9DEt1q0ev619k/hsAAP//AwBQSwMEFAAGAAgAAAAh&#10;AFh6GyLZAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SNyoA1TkhzgVQnCH&#10;NuLsxosTiNdR7DamT89yosedGc18W2+SG8UR5zB4UnC7ykAgdd4MZBW0u9ebAkSImowePaGCHwyw&#10;aS4val0Zv9A7HrfRCi6hUGkFfYxTJWXoenQ6rPyExN6nn52OfM5WmlkvXO5GeZdlD9LpgXih1xM+&#10;99h9bw9OwVubdh/FV1q3Du3LKZyWwZdWqeur9PQIImKK/2H4w2d0aJhp7w9kghgV8CNRwbrIQbBb&#10;lCULewX5fQ6yqeU5fvMLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAWWM/EYCAACNBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWHobItkAAAAG&#10;AQAADwAAAAAAAAAAAAAAAACgBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAKYFAAAA&#10;AA==&#10;" fillcolor="#f2f2f2" stroked="f" strokeweight=".5pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="7413AE3D" w14:textId="77777777" w:rsidR="00782DBF" w:rsidRPr="00B2342F" w:rsidRDefault="00782DBF" w:rsidP="003017A9">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003017A9">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DFEE0D5" wp14:editId="65D650F1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DFEE0D5" wp14:editId="7E0279B0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4508339</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>550818</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="706056" cy="241300"/>
                 <wp:effectExtent l="19050" t="19050" r="18415" b="25400"/>
                 <wp:wrapNone/>
-                <wp:docPr id="12" name="Oval 12"/>
+                <wp:docPr id="12" name="Oval 12">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="706056" cy="241300"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
@@ -900,397 +983,411 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="0449EE42" id="Oval 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:355pt;margin-top:43.35pt;width:55.6pt;height:19pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjyUschgIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkSdsFdYogRYYB&#10;RRusHXpWZCkWIIuapMTJfv0o+ZFgLXYY5oNMiuTHh0je3h1rTQ7CeQWmoONRTokwHEpldgX98bL+&#10;dEOJD8yUTIMRBT0JT+8WHz/cNnYuJlCBLoUjCGL8vLEFrUKw8yzzvBI18yOwwqBQgqtZQNbtstKx&#10;BtFrnU3y/CprwJXWARfe4+19K6SLhC+l4OFJSi8C0QXF2EI6XTq38cwWt2y+c8xWindhsH+IombK&#10;oNMB6p4FRvZOvYGqFXfgQYYRhzoDKRUXKQfMZpz/kc1zxaxIuWBxvB3K5P8fLH88PNuNwzI01s89&#10;kjGLo3R1/GN85JiKdRqKJY6BcLy8zq/y2RUlHEWT6fhznoqZnY2t8+GrgJpEoqBCa2V9TIfN2eHB&#10;B/SJ2r1WvDawVlqnJ9GGNIh7M7ueJQsPWpVRGvW8221X2pEDw1ddr3P84kMi2oUactrg5TmvRIWT&#10;FhFDm+9CElViJpPWQ2w5McAyzoUJ41ZUsVK03maXznqL5DoBRmSJUQ7YHUCv2YL02G3MnX40Falj&#10;B+P8b4G1xoNF8gwmDMa1MuDeA9CYVee51e+L1JYmVmkL5WnjiIN2Xrzla4WP+MB82DCHA4KjhEMf&#10;nvCQGvCloKMoqcD9eu8+6mPfopSSBgeuoP7nnjlBif5msKO/jKfTOKGJmc6uJ8i4S8n2UmL29Qrw&#10;9ce4XixPZNQPuielg/oVd8MyekURMxx9F5QH1zOr0C4C3C5cLJdJDafSsvBgni2P4LGqsUNfjq/M&#10;2a6TA47AI/TD+aabW91oaWC5DyBVavVzXbt640Snxum2T1wZl3zSOu/IxW8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCu6nQM3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjWRT&#10;YuNaDqGQS6HgOsldsRTL1Fq5lpy4/fpuT+1x2cfMm3K7uIFdzRR6jxKStQBmsPW6x07C8bB/zIGF&#10;qFCrwaOR8GUCbKv7u1IV2t/w3Vyb2DEKwVAoCTbGseA8tNY4FdZ+NEi/i5+cinROHdeTulG4G3gq&#10;xIY71SM1WDWaF2vaj2Z2EprDq9D749vnJWRYj6fveu5tLeXDatk9A4tmiX8w/OqTOlTkdPYz6sAG&#10;CVkiaEuUkG8yYATkaZICOxOZPmXAq5L/n1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACPJSxyGAgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAK7qdAzfAAAACgEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2.25pt">
+              <v:oval w14:anchorId="1923BA84" id="Oval 12" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:355pt;margin-top:43.35pt;width:55.6pt;height:19pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAjyUschgIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X+xkSdsFdYogRYYB&#10;RRusHXpWZCkWIIuapMTJfv0o+ZFgLXYY5oNMiuTHh0je3h1rTQ7CeQWmoONRTokwHEpldgX98bL+&#10;dEOJD8yUTIMRBT0JT+8WHz/cNnYuJlCBLoUjCGL8vLEFrUKw8yzzvBI18yOwwqBQgqtZQNbtstKx&#10;BtFrnU3y/CprwJXWARfe4+19K6SLhC+l4OFJSi8C0QXF2EI6XTq38cwWt2y+c8xWindhsH+IombK&#10;oNMB6p4FRvZOvYGqFXfgQYYRhzoDKRUXKQfMZpz/kc1zxaxIuWBxvB3K5P8fLH88PNuNwzI01s89&#10;kjGLo3R1/GN85JiKdRqKJY6BcLy8zq/y2RUlHEWT6fhznoqZnY2t8+GrgJpEoqBCa2V9TIfN2eHB&#10;B/SJ2r1WvDawVlqnJ9GGNIh7M7ueJQsPWpVRGvW8221X2pEDw1ddr3P84kMi2oUactrg5TmvRIWT&#10;FhFDm+9CElViJpPWQ2w5McAyzoUJ41ZUsVK03maXznqL5DoBRmSJUQ7YHUCv2YL02G3MnX40Falj&#10;B+P8b4G1xoNF8gwmDMa1MuDeA9CYVee51e+L1JYmVmkL5WnjiIN2Xrzla4WP+MB82DCHA4KjhEMf&#10;nvCQGvCloKMoqcD9eu8+6mPfopSSBgeuoP7nnjlBif5msKO/jKfTOKGJmc6uJ8i4S8n2UmL29Qrw&#10;9ce4XixPZNQPuielg/oVd8MyekURMxx9F5QH1zOr0C4C3C5cLJdJDafSsvBgni2P4LGqsUNfjq/M&#10;2a6TA47AI/TD+aabW91oaWC5DyBVavVzXbt640Snxum2T1wZl3zSOu/IxW8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCu6nQM3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BasMwEETvhf6D2EBvjWRT&#10;YuNaDqGQS6HgOsldsRTL1Fq5lpy4/fpuT+1x2cfMm3K7uIFdzRR6jxKStQBmsPW6x07C8bB/zIGF&#10;qFCrwaOR8GUCbKv7u1IV2t/w3Vyb2DEKwVAoCTbGseA8tNY4FdZ+NEi/i5+cinROHdeTulG4G3gq&#10;xIY71SM1WDWaF2vaj2Z2EprDq9D749vnJWRYj6fveu5tLeXDatk9A4tmiX8w/OqTOlTkdPYz6sAG&#10;CVkiaEuUkG8yYATkaZICOxOZPmXAq5L/n1D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;ACPJSxyGAgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAK7qdAzfAAAACgEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003017A9">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DD744AC" wp14:editId="0C59ACE0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5DD744AC" wp14:editId="260D16AB">
             <wp:extent cx="5731510" cy="3223895"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
-            <wp:docPr id="4" name="Picture 4"/>
+            <wp:docPr id="4" name="Picture 4" descr="A screenshot of the Sustainable Procurement Tools main menu screen. It has a red arrow pointing to the first time registration link."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="4" name="Picture 4" descr="A screenshot of the Sustainable Procurement Tools main menu screen. It has a red arrow pointing to the first time registration link."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="3223895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="2370645C" w14:textId="77777777" w:rsidR="00FE676A" w:rsidRDefault="00FE676A" w:rsidP="003017A9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11E9A131" w14:textId="2A078D58" w:rsidR="00F065D9" w:rsidRDefault="00056CE0" w:rsidP="003017A9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252144640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D760FA2" wp14:editId="5E7F77F6">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252144640" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6D760FA2" wp14:editId="6A505E89">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-118357</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>3244215</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="6198631" cy="1185352"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1239965290" name="Picture 1" descr="A white background with black text&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="1239965290" name="Picture 1" descr="Please Note:&#10;&#10;You will not be able to login right away, as an administrator must activate your account first. The administrator for your organisation is automatically notified that a new user has registered.&#10;&#10;If you are the first user of  a new organisation you will automatically become the administrator for that organisation, but you will still require activation for yourself by a site admin which may take around 1 day. You will be required to activate new user accounts that join the organisation."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1239965290" name="Picture 1" descr="A white background with black text&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="1239965290" name="Picture 1" descr="Please Note:&#10;&#10;You will not be able to login right away, as an administrator must activate your account first. The administrator for your organisation is automatically notified that a new user has registered.&#10;&#10;If you are the first user of  a new organisation you will automatically become the administrator for that organisation, but you will still require activation for yourself by a site admin which may take around 1 day. You will be required to activate new user accounts that join the organisation."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6198631" cy="1185352"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252143616" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FA463C4" wp14:editId="29FBA58B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252143616" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FA463C4" wp14:editId="2908EE32">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2743200</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>299133</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="3241964" cy="2175945"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1959547124" name="Picture 3"/>
+            <wp:docPr id="1959547124" name="Picture 3" descr="2) Fill out the registration form with your details - Name, sector (optional) , organisation, email, password &#10;&#10;3) Click on Register&#10;&#10;A list of registered organisations will appear as you start to type the name of your organisation. Select the appropriate organisation from the list, or where necessary type in a new organisation.&#10;&#10;When doing either please refrain from typing abbreviations or acronyms of your organisation instead using the full name.  "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="1959547124" name="Picture 3" descr="2) Fill out the registration form with your details - Name, sector (optional) , organisation, email, password &#10;&#10;3) Click on Register&#10;&#10;A list of registered organisations will appear as you start to type the name of your organisation. Select the appropriate organisation from the list, or where necessary type in a new organisation.&#10;&#10;When doing either please refrain from typing abbreviations or acronyms of your organisation instead using the full name.  "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3242612" cy="2176380"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00AB0422">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252129280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E2D088E" wp14:editId="421A06F8">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252129280" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0E2D088E" wp14:editId="256833F2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1569187</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1755657</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1205910" cy="1116330"/>
                 <wp:effectExtent l="38100" t="19050" r="13335" b="45720"/>
                 <wp:wrapNone/>
-                <wp:docPr id="30" name="Straight Arrow Connector 30"/>
+                <wp:docPr id="30" name="Straight Arrow Connector 30">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1205910" cy="1116330"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype w14:anchorId="2C3948CE" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
-[...3 lines deleted...]
-              <v:shape id="Straight Arrow Connector 30" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:123.55pt;margin-top:138.25pt;width:94.95pt;height:87.9pt;flip:x;z-index:252129280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZNkIb0wEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKuupSo6R5aCgcE&#10;Ky38gKljJ5b8pbFp2n/P2Cllgdtqc7BmPJ43M29eNg9na9hJYtTedbxZ1JxJJ3yv3dDxH98P79ac&#10;xQSuB+Od7PhFRv6wfftmM4VWLv3oTS+REYiL7RQ6PqYU2qqKYpQW4sIH6SioPFpI5OJQ9QgToVtT&#10;Lev6vpo89gG9kDHS7X4O8m3BV0qK9E2pKBMzHafeUjmxnMd8VtsNtANCGLW4tgEv6MKCdlT0BrWH&#10;BOwn6v+grBboo1dpIbytvFJayDIDTdPU/0zzNEKQZRYiJ4YbTfH1YMXX0849ItEwhdjG8Ih5irNC&#10;y5TR4TPttMxFnbJzoe1yo02eExN02Szr1YeG2BUUa5rm/u6uEFvNQBkwYEyfpLcsGx2PCUEPY9p5&#10;52hFHucicPoSE7VCib8TcrLzB21M2ZRxbOr4cr16v6JyQIJRBhKZNvQE6wbOwAykRJGw9B290X1O&#10;z0ARh+POIDsBqeFwqOnLAqByfz3LtfcQx/ldCc06sTqRWI22HV/n5Kt8Emjz0fUsXQIpPKEGNxh5&#10;RTYuV5ZFitfp/jCdraPvL2UBVfZozaWhqySzjp77ZD//cba/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;R6ERWOIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9hN0zapMZsigoIi&#10;iKkHj5vsNAlmZ0N220R/veNJb+8xH2/ey3ez7cUJR985UrBcRCCQamc6ahS87x+utyB80GR07wgV&#10;fKGHXXF+luvMuIne8FSGRnAI+UwraEMYMil93aLVfuEGJL4d3Gh1YDs20ox64nDbyziKEml1R/yh&#10;1QPet1h/lkeroDmUWz/Zp9fnb3fzmNgX3FcfV0pdXsx3tyACzuEPht/6XB0K7lS5IxkvegXxOl0y&#10;yiJNNiCYWK9SXlex2MQrkEUu/28ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDZNkIb&#10;0wEAAIADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBH&#10;oRFY4gAAAAsBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt">
+              <v:shape w14:anchorId="17E8AECE" id="Straight Arrow Connector 30" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:123.55pt;margin-top:138.25pt;width:94.95pt;height:87.9pt;flip:x;z-index:252129280;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZNkIb0wEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfaZKuupSo6R5aCgcE&#10;Ky38gKljJ5b8pbFp2n/P2Cllgdtqc7BmPJ43M29eNg9na9hJYtTedbxZ1JxJJ3yv3dDxH98P79ac&#10;xQSuB+Od7PhFRv6wfftmM4VWLv3oTS+REYiL7RQ6PqYU2qqKYpQW4sIH6SioPFpI5OJQ9QgToVtT&#10;Lev6vpo89gG9kDHS7X4O8m3BV0qK9E2pKBMzHafeUjmxnMd8VtsNtANCGLW4tgEv6MKCdlT0BrWH&#10;BOwn6v+grBboo1dpIbytvFJayDIDTdPU/0zzNEKQZRYiJ4YbTfH1YMXX0849ItEwhdjG8Ih5irNC&#10;y5TR4TPttMxFnbJzoe1yo02eExN02Szr1YeG2BUUa5rm/u6uEFvNQBkwYEyfpLcsGx2PCUEPY9p5&#10;52hFHucicPoSE7VCib8TcrLzB21M2ZRxbOr4cr16v6JyQIJRBhKZNvQE6wbOwAykRJGw9B290X1O&#10;z0ARh+POIDsBqeFwqOnLAqByfz3LtfcQx/ldCc06sTqRWI22HV/n5Kt8Emjz0fUsXQIpPKEGNxh5&#10;RTYuV5ZFitfp/jCdraPvL2UBVfZozaWhqySzjp77ZD//cba/AAAA//8DAFBLAwQUAAYACAAAACEA&#10;R6ERWOIAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnBi9hN0zapMZsigoIi&#10;iKkHj5vsNAlmZ0N220R/veNJb+8xH2/ey3ez7cUJR985UrBcRCCQamc6ahS87x+utyB80GR07wgV&#10;fKGHXXF+luvMuIne8FSGRnAI+UwraEMYMil93aLVfuEGJL4d3Gh1YDs20ox64nDbyziKEml1R/yh&#10;1QPet1h/lkeroDmUWz/Zp9fnb3fzmNgX3FcfV0pdXsx3tyACzuEPht/6XB0K7lS5IxkvegXxOl0y&#10;yiJNNiCYWK9SXlex2MQrkEUu/28ofgAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDZNkIb&#10;0wEAAIADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBH&#10;oRFY4gAAAAsBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAAPAUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00921123">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252125184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B1D60C6" wp14:editId="336A4DCE">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252125184" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B1D60C6" wp14:editId="299D9266">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2015756</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1085806</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="727444" cy="514054"/>
                 <wp:effectExtent l="38100" t="19050" r="15875" b="38735"/>
                 <wp:wrapNone/>
-                <wp:docPr id="28" name="Straight Arrow Connector 28"/>
+                <wp:docPr id="28" name="Straight Arrow Connector 28">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="727444" cy="514054"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="09DA698F" id="Straight Arrow Connector 28" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:158.7pt;margin-top:85.5pt;width:57.3pt;height:40.5pt;flip:x;z-index:252125184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgqPXizgEAAH4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU93O0zAMvUfiHaLcs3ZTx6Zp3XexMbhA&#10;8EnAA3hp0kbKn5ywbm+Pk5bxAXeIXkR2HB/bx6f7p5s17Coxau9avlzUnEknfKdd3/JvX89vtpzF&#10;BK4D451s+V1G/nR4/Wo/hp1c+cGbTiIjEBd3Y2j5kFLYVVUUg7QQFz5IR0Hl0UIiF/uqQxgJ3Zpq&#10;Vddvq9FjF9ALGSPdnqYgPxR8paRIn5WKMjHTcuotlRPLeclnddjDrkcIgxZzG/APXVjQjoo+oE6Q&#10;gH1H/ReU1QJ99CothLeVV0oLWWagaZb1H9N8GSDIMguRE8ODpvj/YMWn69E9I9EwhriL4RnzFDeF&#10;limjwwfaaZmLOmW3Qtv9QZu8JSbocrPaNE3DmaDQetnU6ybTWk0wGS5gTO+ltywbLY8JQfdDOnrn&#10;aEEepxJw/RjTlPgzISc7f9bGlD0Zx8aWr7brzZqqAclFGUhk2tARrOs5A9OTDkXC0nX0Rnc5PQNF&#10;7C9Hg+wKpIXzuaZv7vO3Z7n2CeIwvSuhSSVWJ5Kq0bbl25w8iyeBNu9cx9I9kL4TanC9kTOycbmy&#10;LEKcp/vFc7YuvrsX+qvs0ZILcbMgs4pe+mS//G0OPwAAAP//AwBQSwMEFAAGAAgAAAAhAL5JKHDh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYu0m6S1rTGbIoKCRRDTHjxu&#10;stMkmJ0N2W0T/fWOJ7294T3efC/bTrYTZxx860hBPI9AIFXOtFQrOOyfZhsQPmgyunOECr7Qwza/&#10;vMh0atxI73guQi24hHyqFTQh9KmUvmrQaj93PRJ7RzdYHfgcamkGPXK57WQSRStpdUv8odE9PjZY&#10;fRYnq6A+Fhs/2pe33be7e17ZV9yXHzdKXV9ND/cgAk7hLwy/+IwOOTOV7kTGi07BIl4vOcrGOuZR&#10;nFguEhalguSWhcwz+X9D/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAgqPXizgEAAH4D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC+SShw4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAACgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="red" strokeweight="2.25pt">
+              <v:shape w14:anchorId="59CFB8F1" id="Straight Arrow Connector 28" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:158.7pt;margin-top:85.5pt;width:57.3pt;height:40.5pt;flip:x;z-index:252125184;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgqPXizgEAAH4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU93O0zAMvUfiHaLcs3ZTx6Zp3XexMbhA&#10;8EnAA3hp0kbKn5ywbm+Pk5bxAXeIXkR2HB/bx6f7p5s17Coxau9avlzUnEknfKdd3/JvX89vtpzF&#10;BK4D451s+V1G/nR4/Wo/hp1c+cGbTiIjEBd3Y2j5kFLYVVUUg7QQFz5IR0Hl0UIiF/uqQxgJ3Zpq&#10;Vddvq9FjF9ALGSPdnqYgPxR8paRIn5WKMjHTcuotlRPLeclnddjDrkcIgxZzG/APXVjQjoo+oE6Q&#10;gH1H/ReU1QJ99CothLeVV0oLWWagaZb1H9N8GSDIMguRE8ODpvj/YMWn69E9I9EwhriL4RnzFDeF&#10;limjwwfaaZmLOmW3Qtv9QZu8JSbocrPaNE3DmaDQetnU6ybTWk0wGS5gTO+ltywbLY8JQfdDOnrn&#10;aEEepxJw/RjTlPgzISc7f9bGlD0Zx8aWr7brzZqqAclFGUhk2tARrOs5A9OTDkXC0nX0Rnc5PQNF&#10;7C9Hg+wKpIXzuaZv7vO3Z7n2CeIwvSuhSSVWJ5Kq0bbl25w8iyeBNu9cx9I9kL4TanC9kTOycbmy&#10;LEKcp/vFc7YuvrsX+qvs0ZILcbMgs4pe+mS//G0OPwAAAP//AwBQSwMEFAAGAAgAAAAhAL5JKHDh&#10;AAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwYu0m6S1rTGbIoKCRRDTHjxu&#10;stMkmJ0N2W0T/fWOJ7294T3efC/bTrYTZxx860hBPI9AIFXOtFQrOOyfZhsQPmgyunOECr7Qwza/&#10;vMh0atxI73guQi24hHyqFTQh9KmUvmrQaj93PRJ7RzdYHfgcamkGPXK57WQSRStpdUv8odE9PjZY&#10;fRYnq6A+Fhs/2pe33be7e17ZV9yXHzdKXV9ND/cgAk7hLwy/+IwOOTOV7kTGi07BIl4vOcrGOuZR&#10;nFguEhalguSWhcwz+X9D/gMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAgqPXizgEAAH4D&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC+SShw4QAA&#10;AAsBAAAPAAAAAAAAAAAAAAAAACgEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D41B63">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252127232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03839CDB" wp14:editId="0F9BFBF4">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252127232" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="03839CDB" wp14:editId="1D061179">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1060640</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2852420</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="465451" cy="172843"/>
                 <wp:effectExtent l="19050" t="19050" r="11430" b="17780"/>
                 <wp:wrapNone/>
-                <wp:docPr id="29" name="Oval 29"/>
+                <wp:docPr id="29" name="Oval 29">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="465451" cy="172843"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
@@ -1303,75 +1400,75 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="03534F54" id="Oval 29" o:spid="_x0000_s1026" style="position:absolute;margin-left:83.5pt;margin-top:224.6pt;width:36.65pt;height:13.6pt;z-index:252127232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRN73jhQIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X51kSdtFdaqoVaZJ&#10;VRutnfpMMMRImGNA4mS/fgfYTrRWe5jmBwzc3Xd3H3d3c3toNNkL5xWYko4vRpQIw6FSZlvSHy+r&#10;T9eU+MBMxTQYUdKj8PR28fHDTWvnYgI16Eo4giDGz1tb0joEOy8Kz2vRMH8BVhgUSnANC3h026Jy&#10;rEX0RheT0eiyaMFV1gEX3uPtfRbSRcKXUvDwJKUXgeiSYmwhrS6tm7gWixs23zpma8W7MNg/RNEw&#10;ZdDpAHXPAiM7p95ANYo78CDDBYemACkVFykHzGY8+iOb55pZkXJBcrwdaPL/D5Y/7p/t2iENrfVz&#10;j9uYxUG6Jv4xPnJIZB0HssQhEI6X08vZdDamhKNofDW5nn6OZBYnY+t8+CqgIXFTUqG1sj6mw+Zs&#10;/+BD1u614rWBldI6PYk2pC3p5Hp2NUsWHrSqojTqebfd3GlH9gxfdbUa4df5PlPDSLTBgE55pV04&#10;ahExtPkuJFEVZjLJHmLJiQGWcS5MGGdRzSqRvc3OnfUWKe0EGJElRjlgdwC9ZgbpsTMDnX40Fali&#10;B+PR3wLLxoNF8gwmDMaNMuDeA9CYVec56/ckZWoiSxuojmtHHOR+8ZavFD7iA/NhzRw2CLYSNn14&#10;wkVqwJeCbkdJDe7Xe/dRH+sWpZS02HAl9T93zAlK9DeDFf1lPJ3GDk2H6exqggd3LtmcS8yuuQN8&#10;fSxAjC5to37Q/VY6aF5xNiyjVxQxw9F3SXlw/eEu5EGA04WL5TKpYVdaFh7Ms+URPLIaK/Tl8Mqc&#10;7So5YAs8Qt+cb6o560ZLA8tdAKlSqZ947fjGjk6F002fODLOz0nrNCMXvwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAEaUf7ngAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTYgS&#10;msapEFIvSEghLXc3duOIeB1ipw18PcsJjjM7mn1Tbhc3sLOZQu9Rwv1KADPYet1jJ+Gw3909AgtR&#10;oVaDRyPhywTYVtdXpSq0v+CbOTexY1SCoVASbIxjwXlorXEqrPxokG4nPzkVSU4d15O6ULkbeCJE&#10;xp3qkT5YNZpna9qPZnYSmv2L0LvD6+cp5FiP79/13Ntaytub5WkDLJol/oXhF5/QoSKmo59RBzaQ&#10;znLaEiWk6ToBRokkFQ/AjuTkWQq8Kvn/DdUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJE3veOFAgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEaUf7ngAAAACwEAAA8AAAAAAAAAAAAAAAAA3wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2.25pt">
+              <v:oval w14:anchorId="67593172" id="Oval 29" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:83.5pt;margin-top:224.6pt;width:36.65pt;height:13.6pt;z-index:252127232;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRN73jhQIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFv2yAQfp+0/4B4X51kSdtFdaqoVaZJ&#10;VRutnfpMMMRImGNA4mS/fgfYTrRWe5jmBwzc3Xd3H3d3c3toNNkL5xWYko4vRpQIw6FSZlvSHy+r&#10;T9eU+MBMxTQYUdKj8PR28fHDTWvnYgI16Eo4giDGz1tb0joEOy8Kz2vRMH8BVhgUSnANC3h026Jy&#10;rEX0RheT0eiyaMFV1gEX3uPtfRbSRcKXUvDwJKUXgeiSYmwhrS6tm7gWixs23zpma8W7MNg/RNEw&#10;ZdDpAHXPAiM7p95ANYo78CDDBYemACkVFykHzGY8+iOb55pZkXJBcrwdaPL/D5Y/7p/t2iENrfVz&#10;j9uYxUG6Jv4xPnJIZB0HssQhEI6X08vZdDamhKNofDW5nn6OZBYnY+t8+CqgIXFTUqG1sj6mw+Zs&#10;/+BD1u614rWBldI6PYk2pC3p5Hp2NUsWHrSqojTqebfd3GlH9gxfdbUa4df5PlPDSLTBgE55pV04&#10;ahExtPkuJFEVZjLJHmLJiQGWcS5MGGdRzSqRvc3OnfUWKe0EGJElRjlgdwC9ZgbpsTMDnX40Fali&#10;B+PR3wLLxoNF8gwmDMaNMuDeA9CYVec56/ckZWoiSxuojmtHHOR+8ZavFD7iA/NhzRw2CLYSNn14&#10;wkVqwJeCbkdJDe7Xe/dRH+sWpZS02HAl9T93zAlK9DeDFf1lPJ3GDk2H6exqggd3LtmcS8yuuQN8&#10;fSxAjC5to37Q/VY6aF5xNiyjVxQxw9F3SXlw/eEu5EGA04WL5TKpYVdaFh7Ms+URPLIaK/Tl8Mqc&#10;7So5YAs8Qt+cb6o560ZLA8tdAKlSqZ947fjGjk6F002fODLOz0nrNCMXvwEAAP//AwBQSwMEFAAG&#10;AAgAAAAhAEaUf7ngAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoTYgS&#10;msapEFIvSEghLXc3duOIeB1ipw18PcsJjjM7mn1Tbhc3sLOZQu9Rwv1KADPYet1jJ+Gw3909AgtR&#10;oVaDRyPhywTYVtdXpSq0v+CbOTexY1SCoVASbIxjwXlorXEqrPxokG4nPzkVSU4d15O6ULkbeCJE&#10;xp3qkT5YNZpna9qPZnYSmv2L0LvD6+cp5FiP79/13Ntaytub5WkDLJol/oXhF5/QoSKmo59RBzaQ&#10;znLaEiWk6ToBRokkFQ/AjuTkWQq8Kvn/DdUPAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJE3veOFAgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAEaUf7ngAAAACwEAAA8AAAAAAAAAAAAAAAAA3wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D41B63">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="404E9EE6" wp14:editId="5EFA0B3D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="404E9EE6" wp14:editId="5DFE2409">
             <wp:extent cx="5731510" cy="3223895"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
-            <wp:docPr id="31" name="Picture 31"/>
+            <wp:docPr id="31" name="Picture 31" descr="A screenshot of the sustainable procurement tool register and login page. It displays the different information boxes that are required to be filled in with information to register an account"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="31" name="Picture 31" descr="A screenshot of the sustainable procurement tool register and login page. It displays the different information boxes that are required to be filled in with information to register an account"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="3223895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="4133397F" w14:textId="01A2EE13" w:rsidR="00056CE0" w:rsidRDefault="00056CE0" w:rsidP="00680A7B">
@@ -1417,64 +1514,66 @@
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2FCD8C91" w14:textId="77777777" w:rsidR="00056CE0" w:rsidRDefault="00056CE0" w:rsidP="00680A7B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54957311" w14:textId="77777777" w:rsidR="00056CE0" w:rsidRDefault="00056CE0" w:rsidP="00680A7B">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="704F1361" w14:textId="046C2693" w:rsidR="0020044E" w:rsidRPr="00680A7B" w:rsidRDefault="00D3743F" w:rsidP="00056CE0">
+    <w:p w14:paraId="704F1361" w14:textId="0AA98BE3" w:rsidR="0020044E" w:rsidRPr="005C3088" w:rsidRDefault="00D3743F" w:rsidP="00056CE0">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="005C3088">
         <w:rPr>
           <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6DC35791" wp14:editId="34C1EB87">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>56515</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>2864040</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5651500" cy="654050"/>
                 <wp:effectExtent l="0" t="0" r="25400" b="20955"/>
                 <wp:wrapNone/>
                 <wp:docPr id="3" name="Text Box 3"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1"/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -1877,371 +1976,278 @@
                         <w:t>right away</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009B4B87">
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> You will be required to activate new user accounts for your organisation.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="003017A9">
-[...92 lines deleted...]
-        </mc:AlternateContent>
+      <w:r w:rsidR="00680A7B" w:rsidRPr="005C3088">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00680A7B">
-        <w:rPr>
+      <w:hyperlink w:anchor="_top" w:history="1">
+        <w:r w:rsidRPr="005C3088">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>Return to Contents</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0020044E" w:rsidRPr="005C3088">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...34 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A7686D" w14:textId="6B2015B9" w:rsidR="003017A9" w:rsidRPr="005161CB" w:rsidRDefault="005161CB" w:rsidP="00543411">
+    <w:p w14:paraId="24A7686D" w14:textId="6B2015B9" w:rsidR="003017A9" w:rsidRPr="005C3088" w:rsidRDefault="005161CB" w:rsidP="00543411">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Toc191566664"/>
-      <w:r>
+      <w:r w:rsidRPr="005C3088">
         <w:rPr>
           <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>To login</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
     </w:p>
     <w:p w14:paraId="455DDE8F" w14:textId="77777777" w:rsidR="003017A9" w:rsidRDefault="003017A9" w:rsidP="003017A9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D30004C" w14:textId="6A6FF72C" w:rsidR="0020044E" w:rsidRDefault="00056CE0" w:rsidP="0020044E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252120064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="756D4A0D" wp14:editId="63A97C0B">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252120064" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="756D4A0D" wp14:editId="57FC5013">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4503221</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>817508</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="294409" cy="306284"/>
                 <wp:effectExtent l="38100" t="38100" r="29845" b="17780"/>
                 <wp:wrapNone/>
-                <wp:docPr id="19" name="Straight Arrow Connector 19"/>
+                <wp:docPr id="19" name="Straight Arrow Connector 19">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1" flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="294409" cy="306284"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0DD56E81" id="Straight Arrow Connector 19" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:354.6pt;margin-top:64.35pt;width:23.2pt;height:24.1pt;flip:x y;z-index:252120064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBatJnz0wEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfabKlu3SjpntoKRwQ&#10;rATLferYiSV/aWya9t8zdkJZ4LYiB2vG43kz8+Zl83C2hp0kRu1dy28WNWfSCd9p17f86dvhzZqz&#10;mMB1YLyTLb/IyB+2r19txtDIpR+86SQyAnGxGUPLh5RCU1VRDNJCXPggHQWVRwuJXOyrDmEkdGuq&#10;ZV3fVaPHLqAXMka63U9Bvi34SkmRvigVZWKm5dRbKieW85jParuBpkcIgxZzG/CCLixoR0WvUHtI&#10;wH6g/gfKaoE+epUWwtvKK6WFLDPQNDf1X9N8HSDIMguRE8OVpvj/YMXn0849ItEwhtjE8Ih5irNC&#10;y5TR4SPtlBfre7ZyjHpm50Lg5UqgPCcm6HJ5v1rV95wJCr2t75brVSa4mgBzcsCYPkhvWTZaHhOC&#10;7oe0887RqjxOJeD0KaYp8VdCTnb+oI0pGzOOjVRuffvulqoBCUcZSGTa0BGs6zkD05MiRcLSdfRG&#10;dzk9A0XsjzuD7ASkisOhpm/u849nufYe4jC9K6FJL1YnEq3RtuXrnDzLKIE2713H0iWQ0hNqcL2R&#10;M7JxubIskpyn+814to6+u5RFVNmjdRfiZmlmPT33yX7+A21/AgAA//8DAFBLAwQUAAYACAAAACEA&#10;m8fKKN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzgRdzUQpvd2nQRQfQk&#10;7If3bJN+YDIpSbrb/feOJz3OvA/vPFNvF2fZ2YQ4epTwtMqAGWy9HrGXcDy8Pa6BxaRQK+vRSLia&#10;CNvm9qZWlfYX3JnzPvWMSjBWSsKQ0lRxHtvBOBVXfjJIWeeDU4nG0HMd1IXKneV5lpXcqRHpwqAm&#10;8zqY9ns/OwlfoVMP4Xjd5XESH11bvM+fFqW8v1tenoEls6Q/GH71SR0acjr5GXVkVoLINjmhFORr&#10;AYwIURQlsBNtRLkB3tT8/w/NDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBatJnz0wEA&#10;AIgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCbx8oo&#10;3wAAAAsBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt">
+              <v:shape w14:anchorId="5CF6FC6A" id="Straight Arrow Connector 19" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:354.6pt;margin-top:64.35pt;width:23.2pt;height:24.1pt;flip:x y;z-index:252120064;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBatJnz0wEAAIgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfabKlu3SjpntoKRwQ&#10;rATLferYiSV/aWya9t8zdkJZ4LYiB2vG43kz8+Zl83C2hp0kRu1dy28WNWfSCd9p17f86dvhzZqz&#10;mMB1YLyTLb/IyB+2r19txtDIpR+86SQyAnGxGUPLh5RCU1VRDNJCXPggHQWVRwuJXOyrDmEkdGuq&#10;ZV3fVaPHLqAXMka63U9Bvi34SkmRvigVZWKm5dRbKieW85jParuBpkcIgxZzG/CCLixoR0WvUHtI&#10;wH6g/gfKaoE+epUWwtvKK6WFLDPQNDf1X9N8HSDIMguRE8OVpvj/YMXn0849ItEwhtjE8Ih5irNC&#10;y5TR4SPtlBfre7ZyjHpm50Lg5UqgPCcm6HJ5v1rV95wJCr2t75brVSa4mgBzcsCYPkhvWTZaHhOC&#10;7oe0887RqjxOJeD0KaYp8VdCTnb+oI0pGzOOjVRuffvulqoBCUcZSGTa0BGs6zkD05MiRcLSdfRG&#10;dzk9A0XsjzuD7ASkisOhpm/u849nufYe4jC9K6FJL1YnEq3RtuXrnDzLKIE2713H0iWQ0hNqcL2R&#10;M7JxubIskpyn+814to6+u5RFVNmjdRfiZmlmPT33yX7+A21/AgAA//8DAFBLAwQUAAYACAAAACEA&#10;m8fKKN8AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTUvEMBCG74L/IYzgRdzUQpvd2nQRQfQk&#10;7If3bJN+YDIpSbrb/feOJz3OvA/vPFNvF2fZ2YQ4epTwtMqAGWy9HrGXcDy8Pa6BxaRQK+vRSLia&#10;CNvm9qZWlfYX3JnzPvWMSjBWSsKQ0lRxHtvBOBVXfjJIWeeDU4nG0HMd1IXKneV5lpXcqRHpwqAm&#10;8zqY9ns/OwlfoVMP4Xjd5XESH11bvM+fFqW8v1tenoEls6Q/GH71SR0acjr5GXVkVoLINjmhFORr&#10;AYwIURQlsBNtRLkB3tT8/w/NDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBatJnz0wEA&#10;AIgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCbx8oo&#10;3wAAAAsBAAAPAAAAAAAAAAAAAAAAAC0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252145664" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19BD1379" wp14:editId="263750CB">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252145664" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="19BD1379" wp14:editId="1F7AF483">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>3668329</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1118911</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2524097" cy="1081859"/>
             <wp:effectExtent l="0" t="0" r="0" b="4445"/>
             <wp:wrapNone/>
-            <wp:docPr id="1473036364" name="Picture 4"/>
+            <wp:docPr id="1473036364" name="Picture 4" descr="To use the tools you must login.&#10;&#10;Once you have registered and your account has been activated you can login&#10;&#10;1) Click on Login "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPr id="1473036364" name="Picture 4" descr="To use the tools you must login.&#10;&#10;Once you have registered and your account has been activated you can login&#10;&#10;1) Click on Login "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2524097" cy="1081859"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="0094000E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252116992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4062D530" wp14:editId="72491550">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252116992" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4062D530" wp14:editId="0598D434">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4184325</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>587390</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="503654" cy="182622"/>
                 <wp:effectExtent l="19050" t="19050" r="10795" b="27305"/>
                 <wp:wrapNone/>
-                <wp:docPr id="22" name="Oval 22"/>
+                <wp:docPr id="22" name="Oval 22">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="503654" cy="182622"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
@@ -2254,51 +2260,51 @@
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="18EA6A6F" id="Oval 22" o:spid="_x0000_s1026" style="position:absolute;margin-left:329.45pt;margin-top:46.25pt;width:39.65pt;height:14.4pt;z-index:252116992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCp1eCvhQIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+14SdsFdYqgRYYB&#10;RRusHXpWZCkWIIuapMTJfv0o+SPBWuwwzAdZEslH8onkze2h0WQvnFdgSjq5yCkRhkOlzLakP15W&#10;n64p8YGZimkwoqRH4ent4uOHm9bORQE16Eo4giDGz1tb0joEO88yz2vRMH8BVhgUSnANC3h026xy&#10;rEX0RmdFnl9mLbjKOuDCe7y974R0kfClFDw8SelFILqkGFtIq0vrJq7Z4obNt47ZWvE+DPYPUTRM&#10;GXQ6Qt2zwMjOqTdQjeIOPMhwwaHJQErFRcoBs5nkf2TzXDMrUi5IjrcjTf7/wfLH/bNdO6ShtX7u&#10;cRuzOEjXxD/GRw6JrONIljgEwvFyln++nE0p4SiaXBeXRRHJzE7G1vnwVUBD4qakQmtlfUyHzdn+&#10;wYdOe9CK1wZWSuv0JNqQtqTF9exqliw8aFVFadTzbru5047sGb7qapXj1/s+U8NItMGATnmlXThq&#10;ETG0+S4kURVmUnQeYsmJEZZxLkyYdKKaVaLzNjt3NliktBNgRJYY5YjdAwyaHciA3THQ60dTkSp2&#10;NM7/FlhnPFokz2DCaNwoA+49AI1Z9Z47/YGkjprI0gaq49oRB12/eMtXCh/xgfmwZg4bBFsJmz48&#10;4SI14EtBv6OkBvfrvfuoj3WLUkpabLiS+p875gQl+pvBiv4ymU5jh6bDdHZV4MGdSzbnErNr7gBf&#10;f4LjxfK0jfpBD1vpoHnF2bCMXlHEDEffJeXBDYe70A0CnC5cLJdJDbvSsvBgni2P4JHVWKEvh1fm&#10;bF/JAVvgEYbmfFPNnW60NLDcBZAqlfqJ155v7OhUOP30iSPj/Jy0TjNy8RsAAP//AwBQSwMEFAAG&#10;AAgAAAAhAAek9xvgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNNPFml9K0&#10;pcjSGJNeTEyQ1vuWnQIpO4vs0qK/3vGkx8n78t432W6ynbji4FtHChbzCARS5UxLtYLjYf+YgPBB&#10;k9GdI1TwhR52+f1dplPjbvSO1zLUgkvIp1pBE0KfSumrBq32c9cjcXZ2g9WBz6GWZtA3LredjKNo&#10;La1uiRca3eNLg9WlHK2C8vAamf3x7fPsN1T0H9/F2DaFUg+z6fkJRMAp/MHwq8/qkLPTyY1kvOgU&#10;rFfJllEF23gFgoHNMolBnJiMF0uQeSb/v5D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKnV4K+FAgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAek9xvgAAAACgEAAA8AAAAAAAAAAAAAAAAA3wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2.25pt">
+              <v:oval w14:anchorId="42DC0934" id="Oval 22" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:329.45pt;margin-top:46.25pt;width:39.65pt;height:14.4pt;z-index:252116992;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCp1eCvhQIAAGsFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+14SdsFdYqgRYYB&#10;RRusHXpWZCkWIIuapMTJfv0o+SPBWuwwzAdZEslH8onkze2h0WQvnFdgSjq5yCkRhkOlzLakP15W&#10;n64p8YGZimkwoqRH4ent4uOHm9bORQE16Eo4giDGz1tb0joEO88yz2vRMH8BVhgUSnANC3h026xy&#10;rEX0RmdFnl9mLbjKOuDCe7y974R0kfClFDw8SelFILqkGFtIq0vrJq7Z4obNt47ZWvE+DPYPUTRM&#10;GXQ6Qt2zwMjOqTdQjeIOPMhwwaHJQErFRcoBs5nkf2TzXDMrUi5IjrcjTf7/wfLH/bNdO6ShtX7u&#10;cRuzOEjXxD/GRw6JrONIljgEwvFyln++nE0p4SiaXBeXRRHJzE7G1vnwVUBD4qakQmtlfUyHzdn+&#10;wYdOe9CK1wZWSuv0JNqQtqTF9exqliw8aFVFadTzbru5047sGb7qapXj1/s+U8NItMGATnmlXThq&#10;ETG0+S4kURVmUnQeYsmJEZZxLkyYdKKaVaLzNjt3NliktBNgRJYY5YjdAwyaHciA3THQ60dTkSp2&#10;NM7/FlhnPFokz2DCaNwoA+49AI1Z9Z47/YGkjprI0gaq49oRB12/eMtXCh/xgfmwZg4bBFsJmz48&#10;4SI14EtBv6OkBvfrvfuoj3WLUkpabLiS+p875gQl+pvBiv4ymU5jh6bDdHZV4MGdSzbnErNr7gBf&#10;f4LjxfK0jfpBD1vpoHnF2bCMXlHEDEffJeXBDYe70A0CnC5cLJdJDbvSsvBgni2P4JHVWKEvh1fm&#10;bF/JAVvgEYbmfFPNnW60NLDcBZAqlfqJ155v7OhUOP30iSPj/Jy0TjNy8RsAAP//AwBQSwMEFAAG&#10;AAgAAAAhAAek9xvgAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNNPFml9K0&#10;pcjSGJNeTEyQ1vuWnQIpO4vs0qK/3vGkx8n78t432W6ynbji4FtHChbzCARS5UxLtYLjYf+YgPBB&#10;k9GdI1TwhR52+f1dplPjbvSO1zLUgkvIp1pBE0KfSumrBq32c9cjcXZ2g9WBz6GWZtA3LredjKNo&#10;La1uiRca3eNLg9WlHK2C8vAamf3x7fPsN1T0H9/F2DaFUg+z6fkJRMAp/MHwq8/qkLPTyY1kvOgU&#10;rFfJllEF23gFgoHNMolBnJiMF0uQeSb/v5D/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AKnV4K+FAgAAawUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAAek9xvgAAAACgEAAA8AAAAAAAAAAAAAAAAA3wQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0020044E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252121088" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5C9C1D4A" wp14:editId="0588A8AF">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:posOffset>1105103</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>7406</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3884651" cy="132026"/>
                 <wp:effectExtent l="0" t="0" r="1905" b="1905"/>
                 <wp:wrapNone/>
@@ -2457,288 +2463,300 @@
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="24F30B4C" w14:textId="77777777" w:rsidR="0020044E" w:rsidRPr="00B2342F" w:rsidRDefault="0020044E" w:rsidP="0020044E">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0020044E">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FD63B2" wp14:editId="73814771">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70FD63B2" wp14:editId="6301D2AE">
             <wp:extent cx="5731510" cy="3223895"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
-            <wp:docPr id="23" name="Picture 23"/>
+            <wp:docPr id="23" name="Picture 23" descr="A screenshot of the sustainable procurement tools main menu. There is a red arrow pointing towards to the login link at the top right of the screen."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="23" name="Picture 23" descr="A screenshot of the sustainable procurement tools main menu. There is a red arrow pointing towards to the login link at the top right of the screen."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="3223895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="7588301C" w14:textId="77777777" w:rsidR="0020044E" w:rsidRPr="0020044E" w:rsidRDefault="0020044E" w:rsidP="003017A9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="04AA8D79" w14:textId="663B0ADE" w:rsidR="003017A9" w:rsidRDefault="009518C3" w:rsidP="003017A9">
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252146688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F404852" wp14:editId="6B4C2F57">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252146688" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F404852" wp14:editId="6751163F">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>right</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1206566</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2854343" cy="594558"/>
             <wp:effectExtent l="0" t="0" r="3175" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1018517608" name="Picture 5"/>
+            <wp:docPr id="1018517608" name="Picture 5" descr="2)Input your email address (username)&#10;3)Input your password&#10;4)Click on Login"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPr id="1018517608" name="Picture 5" descr="2)Input your email address (username)&#10;3)Input your password&#10;4)Click on Login"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId16">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2854343" cy="594558"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00FE1525">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252133376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FE2A9B3" wp14:editId="62BB5865">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252133376" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FE2A9B3" wp14:editId="7998D7A0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2137144</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1592211</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="723014" cy="45719"/>
                 <wp:effectExtent l="0" t="76200" r="1270" b="50165"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1462264883" name="Straight Arrow Connector 1462264883"/>
+                <wp:docPr id="1462264883" name="Straight Arrow Connector 1462264883">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1" flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="723014" cy="45719"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="065C7DA1" id="Straight Arrow Connector 1462264883" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:168.3pt;margin-top:125.35pt;width:56.95pt;height:3.6pt;flip:x y;z-index:252133376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmYeur0wEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadKypd2q6R5aCgcE&#10;K8Fynzp2YslfGpum/feMnWxZ4IbIwZrxeN7MvHnZPlysYWeJUXvX8Pms5kw64VvtuoY/fTu+WXMW&#10;E7gWjHey4VcZ+cPu9avtEDZy4XtvWomMQFzcDKHhfUphU1VR9NJCnPkgHQWVRwuJXOyqFmEgdGuq&#10;RV2/qwaPbUAvZIx0exiDfFfwlZIifVEqysRMw6m3VE4s5ymf1W4Lmw4h9FpMbcA/dGFBOyp6gzpA&#10;AvYD9V9QVgv00as0E95WXiktZJmBppnXf0zztYcgyyxETgw3muL/gxWfz3v3iETDEOImhkfMU1wU&#10;WqaMDh9pp7xY37OVY9QzuxQCrzcC5SUxQZerxdt6fseZoNDdcjW/z/xWI17ODRjTB+kty0bDY0LQ&#10;XZ/23jnalMexApw/xTQmPifkZOeP2piyMOPY0PDFerlaUjEg3SgDiUwbWoJ1HWdgOhKkSFiajt7o&#10;NqdnoIjdaW+QnYFEcTzW9E19/vYs1z5A7Md3JTTKxepEmjXaNnydkycVJdDmvWtZugYSekINrjNy&#10;QjYuV5ZFkdN0vwjP1sm317KHKnu07ULcpMwsp5c+2S//n91PAAAA//8DAFBLAwQUAAYACAAAACEA&#10;dyHfEOAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbBB1SEnShjgVQkKw&#10;QmopezeePIQ9jmynTf8ed0WXM3N059xqMxvNjuj8YEnA0yIBhtRYNVAnYP/9/rgC5oMkJbUlFHBG&#10;D5v69qaSpbIn2uJxFzoWQ8iXUkAfwlhy7psejfQLOyLFW2udkSGOruPKyVMMN5qnSZJzIweKH3o5&#10;4luPze9uMgJ+XCsf3P68Tf1YfLZN9jF9aRLi/m5+fQEWcA7/MFz0ozrU0elgJ1KeaQHLZZ5HVECa&#10;JQWwSDxnSQbscNkUa+B1xa871H8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApmHrq9MB&#10;AACHAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdyHf&#10;EOAAAAALAQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" strokecolor="red" strokeweight="2.25pt">
+              <v:shape w14:anchorId="549461BB" id="Straight Arrow Connector 1462264883" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:168.3pt;margin-top:125.35pt;width:56.95pt;height:3.6pt;flip:x y;z-index:252133376;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmYeur0wEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadKypd2q6R5aCgcE&#10;K8Fynzp2YslfGpum/feMnWxZ4IbIwZrxeN7MvHnZPlysYWeJUXvX8Pms5kw64VvtuoY/fTu+WXMW&#10;E7gWjHey4VcZ+cPu9avtEDZy4XtvWomMQFzcDKHhfUphU1VR9NJCnPkgHQWVRwuJXOyqFmEgdGuq&#10;RV2/qwaPbUAvZIx0exiDfFfwlZIifVEqysRMw6m3VE4s5ymf1W4Lmw4h9FpMbcA/dGFBOyp6gzpA&#10;AvYD9V9QVgv00as0E95WXiktZJmBppnXf0zztYcgyyxETgw3muL/gxWfz3v3iETDEOImhkfMU1wU&#10;WqaMDh9pp7xY37OVY9QzuxQCrzcC5SUxQZerxdt6fseZoNDdcjW/z/xWI17ODRjTB+kty0bDY0LQ&#10;XZ/23jnalMexApw/xTQmPifkZOeP2piyMOPY0PDFerlaUjEg3SgDiUwbWoJ1HWdgOhKkSFiajt7o&#10;NqdnoIjdaW+QnYFEcTzW9E19/vYs1z5A7Md3JTTKxepEmjXaNnydkycVJdDmvWtZugYSekINrjNy&#10;QjYuV5ZFkdN0vwjP1sm317KHKnu07ULcpMwsp5c+2S//n91PAAAA//8DAFBLAwQUAAYACAAAACEA&#10;dyHfEOAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVIbBB1SEnShjgVQkKw&#10;QmopezeePIQ9jmynTf8ed0WXM3N059xqMxvNjuj8YEnA0yIBhtRYNVAnYP/9/rgC5oMkJbUlFHBG&#10;D5v69qaSpbIn2uJxFzoWQ8iXUkAfwlhy7psejfQLOyLFW2udkSGOruPKyVMMN5qnSZJzIweKH3o5&#10;4luPze9uMgJ+XCsf3P68Tf1YfLZN9jF9aRLi/m5+fQEWcA7/MFz0ozrU0elgJ1KeaQHLZZ5HVECa&#10;JQWwSDxnSQbscNkUa+B1xa871H8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApmHrq9MB&#10;AACHAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdyHf&#10;EOAAAAALAQAADwAAAAAAAAAAAAAAAAAtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;ADoFAAAAAA==&#10;" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D3743F">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00A53EC9" wp14:editId="17DF0391">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="00A53EC9" wp14:editId="70B562B6">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2041450</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1292727</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="807735" cy="88634"/>
                 <wp:effectExtent l="0" t="76200" r="11430" b="45085"/>
                 <wp:wrapNone/>
-                <wp:docPr id="10" name="Straight Arrow Connector 10"/>
+                <wp:docPr id="10" name="Straight Arrow Connector 10">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1" flipV="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="807735" cy="88634"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="4C6903B3" id="Straight Arrow Connector 10" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:160.75pt;margin-top:101.8pt;width:63.6pt;height:7pt;flip:x y;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtGk/C0QEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+yma2MYcXpIlu0w&#10;bAX2cWdkyRagL1BanPz7UXKadeutmA8CKYqP5OPz+uFkDTtKjNq7jt8sas6kE77Xbuj4j+/7dw1n&#10;MYHrwXgnO36WkT9s3r5ZT6GVSz9600tkBOJiO4WOjymFtqqiGKWFuPBBOgoqjxYSuThUPcJE6NZU&#10;y7q+ryaPfUAvZIx0u5uDfFPwlZIifVUqysRMx6m3VE4s5yGf1WYN7YAQRi0ubcArurCgHRW9Qu0g&#10;AfuF+gWU1QJ99CothLeVV0oLWWagaW7qf6b5NkKQZRYiJ4YrTfH/wYovx617RKJhCrGN4RHzFCeF&#10;limjwyfaKS/Wz2zlGPXMToXA85VAeUpM0GVTr1a3d5wJCjXN/e37zG814+XcgDF9lN6ybHQ8JgQ9&#10;jGnrnaNNeZwrwPFzTHPiU0JOdn6vjSkLM45NHV82d6tcDEg3ykAi04aeYN3AGZiBBCkSlqajN7rP&#10;6Rko4nDYGmRHIFHs9zV9lz7/epZr7yCO87sSmuVidSLNGm3zwE/Z0CbQ5oPrWToHEnpCDW4w8oJs&#10;XK4siyIv0/0hPFsH35/LHqrs0bYLcRdlZjk998l+/v9sfgMAAP//AwBQSwMEFAAGAAgAAAAhALUt&#10;X8rhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQdZK2SZXGqRASghVS&#10;S9lPY+eh2uPIdtr07zErWM7M0Z1zq91sNLso5wdLAtJFAkxRY+VAnYDj19vzBpgPSBK1JSXgpjzs&#10;6vu7Cktpr7RXl0PoWAwhX6KAPoSx5Nw3vTLoF3ZUFG+tdQZDHF3HpcNrDDeaZ0mSc4MDxQ89juq1&#10;V835MBkB367FJ3e87TM/Fh9ts36fPjUJ8fgwv2yBBTWHPxh+9aM61NHpZCeSnmkByyxdR1RAlixz&#10;YJFYrTYFsFPcpEUOvK74/w71DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDtGk/C0QEA&#10;AIcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC1LV/K&#10;4QAAAAsBAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt">
+              <v:shape w14:anchorId="7DE9413D" id="Straight Arrow Connector 10" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:160.75pt;margin-top:101.8pt;width:63.6pt;height:7pt;flip:x y;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDtGk/C0QEAAIcDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X+yma2MYcXpIlu0w&#10;bAX2cWdkyRagL1BanPz7UXKadeutmA8CKYqP5OPz+uFkDTtKjNq7jt8sas6kE77Xbuj4j+/7dw1n&#10;MYHrwXgnO36WkT9s3r5ZT6GVSz9600tkBOJiO4WOjymFtqqiGKWFuPBBOgoqjxYSuThUPcJE6NZU&#10;y7q+ryaPfUAvZIx0u5uDfFPwlZIifVUqysRMx6m3VE4s5yGf1WYN7YAQRi0ubcArurCgHRW9Qu0g&#10;AfuF+gWU1QJ99CothLeVV0oLWWagaW7qf6b5NkKQZRYiJ4YrTfH/wYovx617RKJhCrGN4RHzFCeF&#10;limjwyfaKS/Wz2zlGPXMToXA85VAeUpM0GVTr1a3d5wJCjXN/e37zG814+XcgDF9lN6ybHQ8JgQ9&#10;jGnrnaNNeZwrwPFzTHPiU0JOdn6vjSkLM45NHV82d6tcDEg3ykAi04aeYN3AGZiBBCkSlqajN7rP&#10;6Rko4nDYGmRHIFHs9zV9lz7/epZr7yCO87sSmuVidSLNGm3zwE/Z0CbQ5oPrWToHEnpCDW4w8oJs&#10;XK4siyIv0/0hPFsH35/LHqrs0bYLcRdlZjk998l+/v9sfgMAAP//AwBQSwMEFAAGAAgAAAAhALUt&#10;X8rhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1SGwQdZK2SZXGqRASghVS&#10;S9lPY+eh2uPIdtr07zErWM7M0Z1zq91sNLso5wdLAtJFAkxRY+VAnYDj19vzBpgPSBK1JSXgpjzs&#10;6vu7Cktpr7RXl0PoWAwhX6KAPoSx5Nw3vTLoF3ZUFG+tdQZDHF3HpcNrDDeaZ0mSc4MDxQ89juq1&#10;V835MBkB367FJ3e87TM/Fh9ts36fPjUJ8fgwv2yBBTWHPxh+9aM61NHpZCeSnmkByyxdR1RAlixz&#10;YJFYrTYFsFPcpEUOvK74/w71DwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDtGk/C0QEA&#10;AIcDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQC1LV/K&#10;4QAAAAsBAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003017A9">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2CE73560" wp14:editId="53691123">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>297180</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="5708650" cy="158750"/>
                 <wp:effectExtent l="0" t="0" r="6350" b="0"/>
                 <wp:wrapNone/>
@@ -2804,548 +2822,595 @@
                     <w:p w14:paraId="58132703" w14:textId="77777777" w:rsidR="00782DBF" w:rsidRPr="00B2342F" w:rsidRDefault="00782DBF" w:rsidP="003017A9">
                       <w:pPr>
                         <w:rPr>
                           <w:b/>
                           <w:color w:val="F2F2F2" w:themeColor="background1" w:themeShade="F2"/>
                           <w:sz w:val="22"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003017A9">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78C4DF05" wp14:editId="33ACABCB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78C4DF05" wp14:editId="77950A89">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1593850</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1452880</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="514350" cy="241300"/>
                 <wp:effectExtent l="19050" t="19050" r="19050" b="25400"/>
                 <wp:wrapNone/>
-                <wp:docPr id="11" name="Oval 11"/>
+                <wp:docPr id="11" name="Oval 11">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="514350" cy="241300"/>
                         </a:xfrm>
                         <a:prstGeom prst="ellipse">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:oval w14:anchorId="16987ABC" id="Oval 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:125.5pt;margin-top:114.4pt;width:40.5pt;height:19pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBb59XQZgIAAMcEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1vGjEQvVfqf7B8bxYINCnKEiEQVaUo&#10;iZRUORuvzVryV23Dkv76PnuXJG16qsrBzHjGM37Pb/bq+mg0OYgQlbM1HZ+NKBGWu0bZXU2/P24+&#10;XVISE7MN086Kmj6LSK8XHz9cdX4uJq51uhGBoIiN887XtE3Jz6sq8lYYFs+cFxZB6YJhCW7YVU1g&#10;HaobXU1Go89V50Ljg+MiRuyu+yBdlPpSCp7upIwiEV1T3C2VNZR1m9dqccXmu8B8q/hwDfYPtzBM&#10;WTR9KbVmiZF9UO9KGcWDi06mM+5M5aRUXBQMQDMe/YHmoWVeFCwgJ/oXmuL/K8tvD/eBqAZvN6bE&#10;MoM3ujswTeCCm87HOVIe/H0YvAgzAz3KYPI/IJBj4fP5hU9xTIRjczaens/AOkdoMh2fjwrf1eth&#10;H2L6Kpwh2aip0Fr5mBGzOTvcxISeyD5l5W3rNkrr8mrakg51L2cXM7RgEI/ULME0HnCi3VHC9A6q&#10;5CmUktFp1eTjuVAMu+1KBwKsNd1sRvhlwGj3W1ruvWax7fNKqNeMUQnC1crU9DIfPp3WNlcXRXoD&#10;gkxiT1u2tq55BuXB9VqMnm8UmtywmO5ZgPhAGAYq3WGR2gGiGyxKWhd+/m0/50MTiFLSQcyA/2PP&#10;gqBEf7NQy5fxdJrVX5zp7GICJ7yNbN9G7N6sHFiBIHC7Yub8pE+mDM48Ye6WuStCzHL07okenFXq&#10;hwyTy8VyWdKgeM/SjX3wPBfPPGV6H49PLPhBAgnauXUn4b+TQZ/bC2G5T06qopFXXvGC2cG0lLcc&#10;JjuP41u/ZL1+fxa/AAAA//8DAFBLAwQUAAYACAAAACEA8vAkyd8AAAALAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPQU/DMAyF70j8h8hI3Fi6TpSqNJ0Q0i5ISKUb96zxmorGKU26FX495gQ3+/np+Xvl&#10;dnGDOOMUek8K1qsEBFLrTU+dgsN+d5eDCFGT0YMnVPCFAbbV9VWpC+Mv9IbnJnaCQygUWoGNcSyk&#10;DK1Fp8PKj0h8O/nJ6cjr1Ekz6QuHu0GmSZJJp3viD1aP+Gyx/Whmp6DZvyRmd3j9PIUHqsf373ru&#10;ba3U7c3y9Agi4hL/zPCLz+hQMdPRz2SCGBSk92vuEnlIc+7Ajs0mZeXISpblIKtS/u9Q/QAAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBb59XQZgIAAMcEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDy8CTJ3wAAAAsBAAAPAAAAAAAAAAAAAAAAAMAE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" filled="f" strokecolor="red" strokeweight="2.25pt">
+              <v:oval w14:anchorId="6BC9E66A" id="Oval 11" o:spid="_x0000_s1026" alt="&quot;&quot;" style="position:absolute;margin-left:125.5pt;margin-top:114.4pt;width:40.5pt;height:19pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDIXtK+UwIAAKQEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+NwsEmhSxRIiIqlKU&#10;ICVVzoPXZi3ZHtc2LOnXd+yFkDY9VeVgZjzjN57nNzu7OVjD9jJEja7mw4sBZ9IJbLTb1vz70+rT&#10;NWcxgWvAoJM1f5GR38w/fph1fipH2KJpZGAE4uK08zVvU/LTqoqilRbiBXrpKKgwWEjkhm3VBOgI&#10;3ZpqNBh8rjoMjQ8oZIy0e9sH+bzgKyVFelAqysRMzeluqayhrJu8VvMZTLcBfKvF8RrwD7ewoB0V&#10;fYW6hQRsF/Q7KKtFwIgqXQi0FSqlhSw9UDfDwR/dPLbgZemFyIn+lab4/2DF/f7RrwPR0Pk4jWTm&#10;Lg4q2PxP92OHQtbLK1nykJigzclwfDkhSgWFRuPh5aCQWZ0P+xDTV4mWZaPm0hjtY24HprC/i4lq&#10;UvYpK287XGljypMYxzrCvZ5cTagEkDKUgUSm9U3No9tyBmZLkhMpFMiIRjf5eAaKYbtZmsD2QM++&#10;Wg3ol1+ayv2WlmvfQmz7vBLqBWF1IlUabWt+nQ+fThuX0WXR1bGDM23Z2mDzsg4sYC+06MVKU5E7&#10;iGkNgZRFhNG0pAdalEFqEY8WZy2Gn3/bz/n04BTlrCOlUvs/dhAkZ+abIyl8GY7HWdrFGU+uRuSE&#10;t5HN24jb2SUSK0OaSy+KmfOTOZkqoH2moVrkqhQCJ6h2T/TRWaZ+gmgshVwsShrJ2UO6c49eZPDM&#10;U6b36fAMwR8lkEg793hS9TsZ9Lm9EBa7hEoXjZx5pRfMDo1Cecvj2OZZe+uXrPPHZf4LAAD//wMA&#10;UEsDBBQABgAIAAAAIQDy8CTJ3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyH&#10;yEjcWLpOlKo0nRDSLkhIpRv3rPGaisYpTboVfj3mBDf7+en5e+V2cYM44xR6TwrWqwQEUutNT52C&#10;w353l4MIUZPRgydU8IUBttX1VakL4y/0hucmdoJDKBRagY1xLKQMrUWnw8qPSHw7+cnpyOvUSTPp&#10;C4e7QaZJkkmne+IPVo/4bLH9aGanoNm/JGZ3eP08hQeqx/fveu5trdTtzfL0CCLiEv/M8IvP6FAx&#10;09HPZIIYFKT3a+4SeUhz7sCOzSZl5chKluUgq1L+71D9AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMhe0r5TAgAApAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPLwJMnfAAAACwEAAA8AAAAAAAAAAAAAAAAArQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAAC5BQAAAAA=&#10;" filled="f" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke joinstyle="miter"/>
               </v:oval>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="003017A9">
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="024750A9" wp14:editId="04EE0292">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="024750A9" wp14:editId="66AF3532">
             <wp:extent cx="5731510" cy="3223895"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
-            <wp:docPr id="8" name="Picture 8"/>
+            <wp:docPr id="8" name="Picture 8" descr="A screenshot of the sustainable procurement tool login menu. It shows the boxes the users must input their email and password."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPr id="8" name="Picture 8" descr="A screenshot of the sustainable procurement tool login menu. It shows the boxes the users must input their email and password."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId17"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="3223895"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E0212A2" w14:textId="602FD8E8" w:rsidR="00FE676A" w:rsidRDefault="009518C3" w:rsidP="003017A9">
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252147712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D1F02F3" wp14:editId="1261B7D1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252147712" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4D1F02F3" wp14:editId="3B808712">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>629391</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>75636</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="4275117" cy="819064"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapNone/>
-            <wp:docPr id="367455726" name="Picture 6"/>
+            <wp:docPr id="367455726" name="Picture 6" descr="Please Note: You will receive an error message if you try to login before your account has been activated "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 6"/>
+                    <pic:cNvPr id="367455726" name="Picture 6" descr="Please Note: You will receive an error message if you try to login before your account has been activated "/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4277984" cy="819613"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="509182C1" w14:textId="318897AF" w:rsidR="00D3743F" w:rsidRDefault="00D3743F" w:rsidP="003017A9"/>
     <w:p w14:paraId="7951FEE6" w14:textId="2EF9B353" w:rsidR="00D3743F" w:rsidRDefault="00D3743F" w:rsidP="003017A9"/>
     <w:p w14:paraId="59ACC71F" w14:textId="77777777" w:rsidR="00D3743F" w:rsidRDefault="00D3743F" w:rsidP="003017A9"/>
     <w:p w14:paraId="545FDCFB" w14:textId="77777777" w:rsidR="00D3743F" w:rsidRDefault="00D3743F" w:rsidP="003017A9"/>
     <w:p w14:paraId="7CAD7886" w14:textId="0EC3B60A" w:rsidR="00D3743F" w:rsidRPr="009B7615" w:rsidRDefault="00D3743F" w:rsidP="003017A9"/>
-    <w:p w14:paraId="25F5A9BD" w14:textId="7F687AC6" w:rsidR="00364380" w:rsidRDefault="00364380" w:rsidP="00364380">
+    <w:p w14:paraId="25F5A9BD" w14:textId="7F687AC6" w:rsidR="00364380" w:rsidRPr="00315717" w:rsidRDefault="00364380" w:rsidP="00364380">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="0563C1"/>
-          <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00364380">
+      <w:r w:rsidRPr="00315717">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Any feedback can be sent to </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidRPr="00364380">
+        <w:r w:rsidRPr="00315717">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
-            <w:b/>
+            <w:bCs/>
             <w:color w:val="0563C1"/>
-            <w:szCs w:val="24"/>
-            <w:u w:val="single"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>scottishprocurement@gov.scot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="5C7D7147" w14:textId="77777777" w:rsidR="00DA5217" w:rsidRPr="00DA5217" w:rsidRDefault="00DA5217" w:rsidP="00364380">
+    <w:p w14:paraId="5C7D7147" w14:textId="77777777" w:rsidR="00DA5217" w:rsidRPr="00315717" w:rsidRDefault="00DA5217" w:rsidP="00364380">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
+          <w:bCs/>
           <w:color w:val="0563C1"/>
-          <w:sz w:val="14"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="6" w:name="_Hlk191459981"/>
-    <w:p w14:paraId="536FA4C8" w14:textId="77777777" w:rsidR="00B44EA2" w:rsidRDefault="00DA5217" w:rsidP="00DA5217">
+    <w:p w14:paraId="536FA4C8" w14:textId="77777777" w:rsidR="00B44EA2" w:rsidRPr="00315717" w:rsidRDefault="00DA5217" w:rsidP="00DA5217">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00315717">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="32"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00315717">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:instrText>HYPERLINK \l "_top"</w:instrText>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00315717">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidRPr="00315717">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="005F7B9E">
+      <w:r w:rsidRPr="00315717">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:t>Return to Contents</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00315717">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:u w:val="none"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p w14:paraId="1F7A921D" w14:textId="77777777" w:rsidR="00AB0422" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09DD863D" w14:textId="77777777" w:rsidR="00AB0422" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
+    <w:p w14:paraId="09DD863D" w14:textId="77777777" w:rsidR="00AB0422" w:rsidRPr="00E30459" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:szCs w:val="24"/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7492C0C6" w14:textId="746A5666" w:rsidR="00AB0422" w:rsidRPr="0081691C" w:rsidRDefault="0081691C" w:rsidP="00054A34">
+    <w:p w14:paraId="7492C0C6" w14:textId="746A5666" w:rsidR="00AB0422" w:rsidRPr="00E30459" w:rsidRDefault="0081691C" w:rsidP="00054A34">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="7" w:name="_Toc191566665"/>
-      <w:r w:rsidRPr="0081691C">
+      <w:r w:rsidRPr="00E30459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Forgotten Login</w:t>
       </w:r>
       <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="0081691C">
+      <w:r w:rsidRPr="00E30459">
         <w:rPr>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52EA6F5B" w14:textId="4310E041" w:rsidR="00AB0422" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61A7B74F" w14:textId="7F9A77B5" w:rsidR="00AB0422" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A38E2CD" w14:textId="746C2C06" w:rsidR="00AB0422" w:rsidRDefault="00BF3489" w:rsidP="00DA5217">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252148736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15322BE6" wp14:editId="5EED24E2">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252148736" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="15322BE6" wp14:editId="5E6A1DA5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2505694</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>849494</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2624446" cy="823451"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="1873815496" name="Picture 7"/>
+            <wp:docPr id="1873815496" name="Picture 7" descr="If at any point you forget your password you can enter your email into the section highlighted below and you will receive a link to reset your password."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7"/>
+                    <pic:cNvPr id="1873815496" name="Picture 7" descr="If at any point you forget your password you can enter your email into the section highlighted below and you will receive a link to reset your password."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2626012" cy="823942"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252137472" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64778476" wp14:editId="4D61FEB0">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252137472" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64778476" wp14:editId="6F065A4C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1463138</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>1576152</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1125682" cy="1532643"/>
                 <wp:effectExtent l="38100" t="19050" r="17780" b="48895"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1149285941" name="Straight Arrow Connector 1149285941"/>
+                <wp:docPr id="1149285941" name="Straight Arrow Connector 1149285941">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1125682" cy="1532643"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0929908B" id="Straight Arrow Connector 1149285941" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:115.2pt;margin-top:124.1pt;width:88.65pt;height:120.7pt;flip:x;z-index:252137472;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRauFr0QEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadIsLVXVdA8thQOC&#10;lRZ+wNSxE0v+0tg07b9n7ISywA2RgzXj8byZefOye7xawy4So/au5ctFzZl0wnfa9S3/9vX0ZsNZ&#10;TOA6MN7Jlt9k5I/71692Y9jKxg/edBIZgbi4HUPLh5TCtqqiGKSFuPBBOgoqjxYSudhXHcJI6NZU&#10;TV2vq9FjF9ALGSPdHqcg3xd8paRIX5SKMjHTcuotlRPLec5ntd/BtkcIgxZzG/APXVjQjoreoY6Q&#10;gH1H/ReU1QJ99CothLeVV0oLWWagaZb1H9M8DxBkmYXIieFOU/x/sOLz5eCekGgYQ9zG8IR5iqtC&#10;y5TR4SPttMxFnbJroe12p01eExN0uVw2q/Wm4UxQbLl6aNZvHzKx1QSUAQPG9EF6y7LR8pgQdD+k&#10;g3eOVuRxKgKXTzFNiT8TcrLzJ21M2ZRxbGx5s1m9W1E5IMEoA4lMGzqCdT1nYHpSokhY+o7e6C6n&#10;Z6CI/flgkF2A1HA61fTNff72LNc+QhymdyU06cTqRGI12rZ8k5Nn+STQ5r3rWLoFUnhCDa43ckY2&#10;LleWRYrzdL+YztbZd7eygCp7tOZC3CzJrKOXPtkvf5z9DwAAAP//AwBQSwMEFAAGAAgAAAAhABEj&#10;HVnhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKxDAQhu+C7xBG8CJuai3dbm26iKCgLIhd&#10;Dx7TZrYtNpPSZLfVp3c86e0f5uOfb4rtYgdxwsn3jhTcrCIQSI0zPbUK3veP1xkIHzQZPThCBV/o&#10;YVuenxU6N26mNzxVoRVcQj7XCroQxlxK33RotV+5EYl3BzdZHXicWmkmPXO5HWQcRam0uie+0OkR&#10;HzpsPqujVdAeqszP9vn15dttnlK7w339caXU5cVyfwci4BL+YPjVZ3Uo2al2RzJeDAri2yhhlEOS&#10;xSCYSKL1GkTNIdukIMtC/v+h/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDRauFr0QEA&#10;AIADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQARIx1Z&#10;4QAAAAsBAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt">
+              <v:shape w14:anchorId="5BA998AD" id="Straight Arrow Connector 1149285941" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:115.2pt;margin-top:124.1pt;width:88.65pt;height:120.7pt;flip:x;z-index:252137472;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRauFr0QEAAIADAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadIsLVXVdA8thQOC&#10;lRZ+wNSxE0v+0tg07b9n7ISywA2RgzXj8byZefOye7xawy4So/au5ctFzZl0wnfa9S3/9vX0ZsNZ&#10;TOA6MN7Jlt9k5I/71692Y9jKxg/edBIZgbi4HUPLh5TCtqqiGKSFuPBBOgoqjxYSudhXHcJI6NZU&#10;TV2vq9FjF9ALGSPdHqcg3xd8paRIX5SKMjHTcuotlRPLec5ntd/BtkcIgxZzG/APXVjQjoreoY6Q&#10;gH1H/ReU1QJ99CothLeVV0oLWWagaZb1H9M8DxBkmYXIieFOU/x/sOLz5eCekGgYQ9zG8IR5iqtC&#10;y5TR4SPttMxFnbJroe12p01eExN0uVw2q/Wm4UxQbLl6aNZvHzKx1QSUAQPG9EF6y7LR8pgQdD+k&#10;g3eOVuRxKgKXTzFNiT8TcrLzJ21M2ZRxbGx5s1m9W1E5IMEoA4lMGzqCdT1nYHpSokhY+o7e6C6n&#10;Z6CI/flgkF2A1HA61fTNff72LNc+QhymdyU06cTqRGI12rZ8k5Nn+STQ5r3rWLoFUnhCDa43ckY2&#10;LleWRYrzdL+YztbZd7eygCp7tOZC3CzJrKOXPtkvf5z9DwAAAP//AwBQSwMEFAAGAAgAAAAhABEj&#10;HVnhAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FKxDAQhu+C7xBG8CJuai3dbm26iKCgLIhd&#10;Dx7TZrYtNpPSZLfVp3c86e0f5uOfb4rtYgdxwsn3jhTcrCIQSI0zPbUK3veP1xkIHzQZPThCBV/o&#10;YVuenxU6N26mNzxVoRVcQj7XCroQxlxK33RotV+5EYl3BzdZHXicWmkmPXO5HWQcRam0uie+0OkR&#10;HzpsPqujVdAeqszP9vn15dttnlK7w339caXU5cVyfwci4BL+YPjVZ3Uo2al2RzJeDAri2yhhlEOS&#10;xSCYSKL1GkTNIdukIMtC/v+h/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDRauFr0QEA&#10;AIADAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQARIx1Z&#10;4QAAAAsBAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="0081691C">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CC3B8C9" wp14:editId="60A0F905">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0CC3B8C9" wp14:editId="5681B377">
             <wp:extent cx="5731510" cy="3410585"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
-            <wp:docPr id="575573697" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="575573697" name="Picture 1" descr="A screenshot of the sustainable procurement tool login menu. It shows the boxes the users must input their email and password. It now has an arrow pointing to the forgotten password section  "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="575573697" name="Picture 1" descr="A screenshot of a computer&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="575573697" name="Picture 1" descr="A screenshot of the sustainable procurement tool login menu. It shows the boxes the users must input their email and password. It now has an arrow pointing to the forgotten password section  "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="3410585"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -3403,437 +3468,402 @@
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="18AEB266" w14:textId="01849F91" w:rsidR="00AB0422" w:rsidRDefault="00BF3489" w:rsidP="0059569A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252141568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60A16AF3" wp14:editId="1FD21935">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252141568" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60A16AF3" wp14:editId="280023C0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1546266</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>875616</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1232560" cy="509335"/>
                 <wp:effectExtent l="38100" t="19050" r="24765" b="62230"/>
                 <wp:wrapNone/>
-                <wp:docPr id="965295382" name="Straight Arrow Connector 965295382"/>
+                <wp:docPr id="965295382" name="Straight Arrow Connector 965295382">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                      <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr/>
                       <wps:spPr>
                         <a:xfrm flipH="1">
                           <a:off x="0" y="0"/>
                           <a:ext cx="1232560" cy="509335"/>
                         </a:xfrm>
                         <a:prstGeom prst="straightConnector1">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="28575" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
                             <a:srgbClr val="FF0000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:tailEnd type="triangle"/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="45F7CEEB" id="Straight Arrow Connector 965295382" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:121.75pt;margin-top:68.95pt;width:97.05pt;height:40.1pt;flip:x;z-index:252141568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXo0x7zwEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJWXUrUdA8thQOC&#10;lRZ+wNSxE0v+0tg07b9n7ISywA2RgzXj8byZefOye7xawy4So/au5ctFzZl0wnfa9S3/9vX0ZstZ&#10;TOA6MN7Jlt9k5I/71692Y2jkyg/edBIZgbjYjKHlQ0qhqaooBmkhLnyQjoLKo4VELvZVhzASujXV&#10;qq4fqtFjF9ALGSPdHqcg3xd8paRIX5SKMjHTcuotlRPLec5ntd9B0yOEQYu5DfiHLixoR0XvUEdI&#10;wL6j/gvKaoE+epUWwtvKK6WFLDPQNMv6j2meBwiyzELkxHCnKf4/WPH5cnBPSDSMITYxPGGe4qrQ&#10;MmV0+Eg7LXNRp+xaaLvdaZPXxARdLlfr1eaB2BUU29Tv1utN5rWacDJewJg+SG9ZNloeE4Luh3Tw&#10;ztGGPE414PIppinxZ0JOdv6kjSmLMo6NLV9tN283VA1IL8pAItOGjmBdzxmYnoQoEpa2oze6y+kZ&#10;KGJ/PhhkFyAxnE41fXOfvz3LtY8Qh+ldCU0ysTqRVo22Ld/m5Fk9CbR57zqWboEEnlCD642ckY3L&#10;lWVR4jzdL6KzdfbdrfBfZY+2XIibFZll9NIn++V/s/8BAAD//wMAUEsDBBQABgAIAAAAIQBrilKw&#10;4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXahVEqRpTEmmmhMjNSD&#10;xwWmQGRnCbsttL/e8aTHyffy3jfZdja9OOLoOksKwkUAAqmydUeNgs/d020CwnlNte4toYITOtjm&#10;lxeZTms70QceC98ILiGXagWt90MqpataNNot7IDEbG9Hoz2fYyPrUU9cbnq5DIJYGt0RL7R6wMcW&#10;q+/iYBQ0+yJxk3l5fz3bzXNs3nBXft0odX01P9yD8Dj7vzD86rM65OxU2gPVTvQKlqvojqMMovUG&#10;BCdW0ToGUTIKkxBknsn/P+Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJejTHvPAQAA&#10;fwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGuKUrDi&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAKQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" strokecolor="red" strokeweight="2.25pt">
+              <v:shape w14:anchorId="1E812B6B" id="Straight Arrow Connector 965295382" o:spid="_x0000_s1026" type="#_x0000_t32" alt="&quot;&quot;" style="position:absolute;margin-left:121.75pt;margin-top:68.95pt;width:97.05pt;height:40.1pt;flip:x;z-index:252141568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXo0x7zwEAAH8DAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P0zAQvSPxHyzfadJWXUrUdA8thQOC&#10;lRZ+wNSxE0v+0tg07b9n7ISywA2RgzXj8byZefOye7xawy4So/au5ctFzZl0wnfa9S3/9vX0ZstZ&#10;TOA6MN7Jlt9k5I/71692Y2jkyg/edBIZgbjYjKHlQ0qhqaooBmkhLnyQjoLKo4VELvZVhzASujXV&#10;qq4fqtFjF9ALGSPdHqcg3xd8paRIX5SKMjHTcuotlRPLec5ntd9B0yOEQYu5DfiHLixoR0XvUEdI&#10;wL6j/gvKaoE+epUWwtvKK6WFLDPQNMv6j2meBwiyzELkxHCnKf4/WPH5cnBPSDSMITYxPGGe4qrQ&#10;MmV0+Eg7LXNRp+xaaLvdaZPXxARdLlfr1eaB2BUU29Tv1utN5rWacDJewJg+SG9ZNloeE4Luh3Tw&#10;ztGGPE414PIppinxZ0JOdv6kjSmLMo6NLV9tN283VA1IL8pAItOGjmBdzxmYnoQoEpa2oze6y+kZ&#10;KGJ/PhhkFyAxnE41fXOfvz3LtY8Qh+ldCU0ysTqRVo22Ld/m5Fk9CbR57zqWboEEnlCD642ckY3L&#10;lWVR4jzdL6KzdfbdrfBfZY+2XIibFZll9NIn++V/s/8BAAD//wMAUEsDBBQABgAIAAAAIQBrilKw&#10;4gAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT4NAEIXvJv6HzZh4MXahVEqRpTEmmmhMjNSD&#10;xwWmQGRnCbsttL/e8aTHyffy3jfZdja9OOLoOksKwkUAAqmydUeNgs/d020CwnlNte4toYITOtjm&#10;lxeZTms70QceC98ILiGXagWt90MqpataNNot7IDEbG9Hoz2fYyPrUU9cbnq5DIJYGt0RL7R6wMcW&#10;q+/iYBQ0+yJxk3l5fz3bzXNs3nBXft0odX01P9yD8Dj7vzD86rM65OxU2gPVTvQKlqvojqMMovUG&#10;BCdW0ToGUTIKkxBknsn/P+Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJejTHvPAQAA&#10;fwMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGuKUrDi&#10;AAAACwEAAA8AAAAAAAAAAAAAAAAAKQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAA4&#10;BQAAAAA=&#10;" strokecolor="red" strokeweight="2.25pt">
                 <v:stroke endarrow="block" joinstyle="miter"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:noProof/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252149760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DAF09CC" wp14:editId="48CCBA83">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="252149760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DAF09CC" wp14:editId="7B84500B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2735646</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>661035</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2084446" cy="595762"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="153287199" name="Picture 8" descr="A white rectangular sign with black text&#10;&#10;AI-generated content may be incorrect."/>
+            <wp:docPr id="153287199" name="Picture 8" descr="Input your new password into the lines below and login with your new password"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="153287199" name="Picture 8" descr="A white rectangular sign with black text&#10;&#10;AI-generated content may be incorrect."/>
+                    <pic:cNvPr id="153287199" name="Picture 8" descr="Input your new password into the lines below and login with your new password"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2084446" cy="595762"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="0059569A">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70EADEBF" wp14:editId="1456D084">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="70EADEBF" wp14:editId="2FAE9E33">
             <wp:extent cx="5731510" cy="1974850"/>
             <wp:effectExtent l="0" t="0" r="2540" b="6350"/>
-            <wp:docPr id="815131948" name="Picture 1" descr="A screenshot of a computer"/>
+            <wp:docPr id="815131948" name="Picture 1" descr="A screenshot of the sustainable procurement tools website. The page is showing the menu used for users to reset their passwords "/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="815131948" name="Picture 1" descr="A screenshot of a computer"/>
+                    <pic:cNvPr id="815131948" name="Picture 1" descr="A screenshot of the sustainable procurement tools website. The page is showing the menu used for users to reset their passwords "/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5731510" cy="1974850"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="47FC1667" w14:textId="012F7709" w:rsidR="00AB0422" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2FB82AA2" w14:textId="3D63E8F6" w:rsidR="00AB0422" w:rsidRPr="00425A2F" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
+    <w:p w14:paraId="2FB82AA2" w14:textId="3D63E8F6" w:rsidR="00AB0422" w:rsidRPr="00C96DE9" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62092E13" w14:textId="5EC90441" w:rsidR="00425A2F" w:rsidRPr="00425A2F" w:rsidRDefault="00425A2F" w:rsidP="00425A2F">
+    <w:p w14:paraId="62092E13" w14:textId="5EC90441" w:rsidR="00425A2F" w:rsidRPr="00C96DE9" w:rsidRDefault="00425A2F" w:rsidP="00425A2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
-          <w:b/>
-          <w:bCs/>
           <w:color w:val="002060"/>
-          <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00425A2F">
+      <w:r w:rsidRPr="00C96DE9">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">If you experience any issues or queries about registration or logging in contact </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00425A2F">
+        <w:r w:rsidRPr="00C96DE9">
           <w:rPr>
             <w:rFonts w:eastAsia="Aptos" w:cs="Arial"/>
-            <w:b/>
-            <w:bCs/>
             <w:color w:val="002060"/>
-            <w:szCs w:val="24"/>
-            <w:u w:val="single"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w14:ligatures w14:val="standardContextual"/>
           </w:rPr>
           <w:t>scottishprocurement@gov.scot</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="5FF206B8" w14:textId="77777777" w:rsidR="00AB0422" w:rsidRDefault="00AB0422" w:rsidP="00425A2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7686BAEA" w14:textId="77777777" w:rsidR="00AB0422" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
-[...1 lines deleted...]
-        <w:jc w:val="right"/>
+    <w:p w14:paraId="206ED256" w14:textId="77777777" w:rsidR="00AB0422" w:rsidRPr="00C96DE9" w:rsidRDefault="00AB0422" w:rsidP="0059569A">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B7B9CBE" w14:textId="77777777" w:rsidR="00AB0422" w:rsidRDefault="00AB0422" w:rsidP="00DA5217">
+    <w:p w14:paraId="55D41BF8" w14:textId="6F92E14C" w:rsidR="00AB0422" w:rsidRPr="00C96DE9" w:rsidRDefault="00AB0422" w:rsidP="00AB0422">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
-[...31 lines deleted...]
-          <w:b/>
           <w:color w:val="0563C1"/>
-          <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink w:anchor="_top" w:history="1">
-        <w:r w:rsidRPr="005F7B9E">
+        <w:r w:rsidRPr="00C96DE9">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:b/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:u w:val="none"/>
           </w:rPr>
           <w:t>Return to Contents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:sectPr w:rsidR="00AB0422" w:rsidRPr="00AB0422" w:rsidSect="006206BA">
+    <w:sectPr w:rsidR="00AB0422" w:rsidRPr="00C96DE9" w:rsidSect="006206BA">
       <w:footerReference w:type="default" r:id="rId25"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0956644B" w14:textId="77777777" w:rsidR="00356C2D" w:rsidRDefault="00356C2D" w:rsidP="004C228D">
+    <w:p w14:paraId="511E6E5A" w14:textId="77777777" w:rsidR="009A6594" w:rsidRDefault="009A6594" w:rsidP="004C228D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3848C8B5" w14:textId="77777777" w:rsidR="00356C2D" w:rsidRDefault="00356C2D" w:rsidP="004C228D">
+    <w:p w14:paraId="1A53EA1F" w14:textId="77777777" w:rsidR="009A6594" w:rsidRDefault="009A6594" w:rsidP="004C228D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="439497634"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
@@ -3877,58 +3907,58 @@
         </w:r>
         <w:r>
           <w:t xml:space="preserve"> | </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:color w:val="7F7F7F" w:themeColor="background1" w:themeShade="7F"/>
             <w:spacing w:val="60"/>
           </w:rPr>
           <w:t>Page</w:t>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="75A38560" w14:textId="77777777" w:rsidR="00782DBF" w:rsidRDefault="00782DBF">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CB71DB0" w14:textId="77777777" w:rsidR="00356C2D" w:rsidRDefault="00356C2D" w:rsidP="004C228D">
+    <w:p w14:paraId="35B0446D" w14:textId="77777777" w:rsidR="009A6594" w:rsidRDefault="009A6594" w:rsidP="004C228D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58713096" w14:textId="77777777" w:rsidR="00356C2D" w:rsidRDefault="00356C2D" w:rsidP="004C228D">
+    <w:p w14:paraId="4CB8CEF9" w14:textId="77777777" w:rsidR="009A6594" w:rsidRDefault="009A6594" w:rsidP="004C228D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B5B8DEF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="288" w:legacyIndent="720"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5466,167 +5496,177 @@
     <w:rsid w:val="000A7190"/>
     <w:rsid w:val="000B07A2"/>
     <w:rsid w:val="000B4A61"/>
     <w:rsid w:val="000B72A1"/>
     <w:rsid w:val="000C0CF4"/>
     <w:rsid w:val="000C34CE"/>
     <w:rsid w:val="000C4325"/>
     <w:rsid w:val="000D0CBC"/>
     <w:rsid w:val="000D3FE6"/>
     <w:rsid w:val="000D5ACB"/>
     <w:rsid w:val="000E631B"/>
     <w:rsid w:val="000E7579"/>
     <w:rsid w:val="000F2425"/>
     <w:rsid w:val="000F6AD6"/>
     <w:rsid w:val="001007FB"/>
     <w:rsid w:val="00101601"/>
     <w:rsid w:val="00105F2F"/>
     <w:rsid w:val="0011484A"/>
     <w:rsid w:val="0011574C"/>
     <w:rsid w:val="00195DC1"/>
     <w:rsid w:val="001B0465"/>
     <w:rsid w:val="001B1918"/>
     <w:rsid w:val="001B46AE"/>
     <w:rsid w:val="001B4749"/>
     <w:rsid w:val="001B6C33"/>
+    <w:rsid w:val="001B6F2D"/>
     <w:rsid w:val="001C6FC0"/>
     <w:rsid w:val="001D6440"/>
     <w:rsid w:val="001F03F8"/>
     <w:rsid w:val="001F10AD"/>
     <w:rsid w:val="001F5BD2"/>
     <w:rsid w:val="001F5C40"/>
     <w:rsid w:val="001F65C4"/>
     <w:rsid w:val="0020044E"/>
+    <w:rsid w:val="00206B28"/>
+    <w:rsid w:val="002509BA"/>
     <w:rsid w:val="002553E4"/>
     <w:rsid w:val="00257928"/>
     <w:rsid w:val="00281579"/>
     <w:rsid w:val="00297A75"/>
     <w:rsid w:val="002A425C"/>
     <w:rsid w:val="002C75BA"/>
     <w:rsid w:val="002D5A98"/>
+    <w:rsid w:val="002D72C7"/>
     <w:rsid w:val="002E1205"/>
     <w:rsid w:val="002E48F3"/>
     <w:rsid w:val="002E6831"/>
     <w:rsid w:val="002F2493"/>
     <w:rsid w:val="003017A9"/>
     <w:rsid w:val="00306C61"/>
+    <w:rsid w:val="00315717"/>
     <w:rsid w:val="003215E0"/>
     <w:rsid w:val="00326EDE"/>
     <w:rsid w:val="00333653"/>
     <w:rsid w:val="003504E2"/>
     <w:rsid w:val="00356C2D"/>
     <w:rsid w:val="00364380"/>
     <w:rsid w:val="003711AB"/>
     <w:rsid w:val="00375164"/>
     <w:rsid w:val="0037582B"/>
     <w:rsid w:val="00384968"/>
     <w:rsid w:val="00394503"/>
     <w:rsid w:val="003A325F"/>
     <w:rsid w:val="003A7524"/>
     <w:rsid w:val="003B20A2"/>
     <w:rsid w:val="003C7E95"/>
+    <w:rsid w:val="003D2EC5"/>
     <w:rsid w:val="003E75FB"/>
     <w:rsid w:val="003F11EE"/>
     <w:rsid w:val="0042376F"/>
     <w:rsid w:val="0042441B"/>
     <w:rsid w:val="00425A2F"/>
     <w:rsid w:val="00431838"/>
     <w:rsid w:val="004346A4"/>
     <w:rsid w:val="0043707A"/>
     <w:rsid w:val="0043722A"/>
     <w:rsid w:val="004548AD"/>
     <w:rsid w:val="00461FFE"/>
     <w:rsid w:val="00464BB4"/>
     <w:rsid w:val="00487F86"/>
     <w:rsid w:val="004A4A71"/>
     <w:rsid w:val="004B2DF4"/>
     <w:rsid w:val="004B5D3E"/>
     <w:rsid w:val="004C228D"/>
     <w:rsid w:val="004E65F3"/>
     <w:rsid w:val="00500F69"/>
     <w:rsid w:val="0050387C"/>
     <w:rsid w:val="005161CB"/>
     <w:rsid w:val="00517110"/>
     <w:rsid w:val="0052102F"/>
     <w:rsid w:val="00527C9C"/>
     <w:rsid w:val="005328D6"/>
     <w:rsid w:val="0054259A"/>
     <w:rsid w:val="00543411"/>
     <w:rsid w:val="00543994"/>
     <w:rsid w:val="00544E34"/>
     <w:rsid w:val="005519BE"/>
+    <w:rsid w:val="00555282"/>
     <w:rsid w:val="00560143"/>
     <w:rsid w:val="0057497F"/>
     <w:rsid w:val="0058231D"/>
     <w:rsid w:val="00586604"/>
     <w:rsid w:val="00590ED6"/>
     <w:rsid w:val="00591A1D"/>
     <w:rsid w:val="0059569A"/>
     <w:rsid w:val="005A7C95"/>
     <w:rsid w:val="005B08D8"/>
+    <w:rsid w:val="005C3088"/>
     <w:rsid w:val="005C3CF5"/>
+    <w:rsid w:val="005C6EFC"/>
     <w:rsid w:val="005D5322"/>
     <w:rsid w:val="005D5B24"/>
     <w:rsid w:val="005D7380"/>
     <w:rsid w:val="005E4A78"/>
     <w:rsid w:val="005E743F"/>
     <w:rsid w:val="005F424A"/>
     <w:rsid w:val="005F7B9E"/>
     <w:rsid w:val="00605C08"/>
     <w:rsid w:val="0061046E"/>
     <w:rsid w:val="00610B2B"/>
     <w:rsid w:val="00616731"/>
     <w:rsid w:val="006204FB"/>
     <w:rsid w:val="006206BA"/>
     <w:rsid w:val="0062353A"/>
     <w:rsid w:val="00626955"/>
     <w:rsid w:val="00632F31"/>
     <w:rsid w:val="00641F5F"/>
     <w:rsid w:val="00646367"/>
     <w:rsid w:val="00652893"/>
     <w:rsid w:val="006533A1"/>
     <w:rsid w:val="006548D3"/>
     <w:rsid w:val="0066126D"/>
     <w:rsid w:val="0066299E"/>
     <w:rsid w:val="00662CAC"/>
     <w:rsid w:val="006717CF"/>
     <w:rsid w:val="00672E9C"/>
     <w:rsid w:val="006735CB"/>
     <w:rsid w:val="00680232"/>
     <w:rsid w:val="00680A7B"/>
     <w:rsid w:val="00681252"/>
     <w:rsid w:val="00683871"/>
     <w:rsid w:val="00686D67"/>
     <w:rsid w:val="00694DD6"/>
     <w:rsid w:val="00694E65"/>
     <w:rsid w:val="006B60D3"/>
     <w:rsid w:val="006D4953"/>
     <w:rsid w:val="006E5C4E"/>
     <w:rsid w:val="006F5465"/>
     <w:rsid w:val="00700649"/>
     <w:rsid w:val="00700E4C"/>
     <w:rsid w:val="0073021B"/>
+    <w:rsid w:val="00743C85"/>
     <w:rsid w:val="007468DD"/>
     <w:rsid w:val="007549A3"/>
     <w:rsid w:val="0077333C"/>
     <w:rsid w:val="00782DBF"/>
     <w:rsid w:val="00786701"/>
     <w:rsid w:val="00790338"/>
     <w:rsid w:val="007954DB"/>
     <w:rsid w:val="007971B2"/>
     <w:rsid w:val="007A1F4D"/>
     <w:rsid w:val="007A4AF6"/>
     <w:rsid w:val="007A708B"/>
     <w:rsid w:val="008031C5"/>
     <w:rsid w:val="0080347E"/>
     <w:rsid w:val="00805CCC"/>
     <w:rsid w:val="0081691C"/>
     <w:rsid w:val="00817C4F"/>
     <w:rsid w:val="00827747"/>
     <w:rsid w:val="008403D4"/>
     <w:rsid w:val="008432A3"/>
     <w:rsid w:val="008504CF"/>
     <w:rsid w:val="0085498C"/>
     <w:rsid w:val="00857548"/>
     <w:rsid w:val="00857A47"/>
     <w:rsid w:val="00862247"/>
     <w:rsid w:val="00867D12"/>
@@ -5641,50 +5681,51 @@
     <w:rsid w:val="008F21C5"/>
     <w:rsid w:val="008F6F09"/>
     <w:rsid w:val="0090317E"/>
     <w:rsid w:val="0090576B"/>
     <w:rsid w:val="00907D7E"/>
     <w:rsid w:val="00914074"/>
     <w:rsid w:val="00915158"/>
     <w:rsid w:val="00920C74"/>
     <w:rsid w:val="00921123"/>
     <w:rsid w:val="00921E16"/>
     <w:rsid w:val="00923ECA"/>
     <w:rsid w:val="00927634"/>
     <w:rsid w:val="00931DA3"/>
     <w:rsid w:val="00933AD6"/>
     <w:rsid w:val="0093716D"/>
     <w:rsid w:val="0094000E"/>
     <w:rsid w:val="00942787"/>
     <w:rsid w:val="00943435"/>
     <w:rsid w:val="009518C3"/>
     <w:rsid w:val="00962E06"/>
     <w:rsid w:val="00983F0E"/>
     <w:rsid w:val="009857CF"/>
     <w:rsid w:val="009954A3"/>
     <w:rsid w:val="00995F29"/>
     <w:rsid w:val="009A3781"/>
+    <w:rsid w:val="009A6594"/>
     <w:rsid w:val="009B7615"/>
     <w:rsid w:val="009D21AC"/>
     <w:rsid w:val="009D6F07"/>
     <w:rsid w:val="009D70FB"/>
     <w:rsid w:val="009E6F79"/>
     <w:rsid w:val="009F10DA"/>
     <w:rsid w:val="009F2298"/>
     <w:rsid w:val="009F3239"/>
     <w:rsid w:val="00A027E3"/>
     <w:rsid w:val="00A21B4D"/>
     <w:rsid w:val="00A36F93"/>
     <w:rsid w:val="00A4012E"/>
     <w:rsid w:val="00A44E73"/>
     <w:rsid w:val="00A52AAB"/>
     <w:rsid w:val="00A568EE"/>
     <w:rsid w:val="00A909A9"/>
     <w:rsid w:val="00A92352"/>
     <w:rsid w:val="00AA072A"/>
     <w:rsid w:val="00AA0E86"/>
     <w:rsid w:val="00AA33D2"/>
     <w:rsid w:val="00AB0422"/>
     <w:rsid w:val="00AB3C9A"/>
     <w:rsid w:val="00AB7859"/>
     <w:rsid w:val="00AC5262"/>
     <w:rsid w:val="00AC6D54"/>
@@ -5702,83 +5743,90 @@
     <w:rsid w:val="00B46159"/>
     <w:rsid w:val="00B51BDC"/>
     <w:rsid w:val="00B561C0"/>
     <w:rsid w:val="00B617B7"/>
     <w:rsid w:val="00B773CE"/>
     <w:rsid w:val="00BC0E40"/>
     <w:rsid w:val="00BC4144"/>
     <w:rsid w:val="00BD0A53"/>
     <w:rsid w:val="00BE43E2"/>
     <w:rsid w:val="00BF3489"/>
     <w:rsid w:val="00C00B60"/>
     <w:rsid w:val="00C04DB6"/>
     <w:rsid w:val="00C248E5"/>
     <w:rsid w:val="00C27545"/>
     <w:rsid w:val="00C4399D"/>
     <w:rsid w:val="00C44DEF"/>
     <w:rsid w:val="00C466D7"/>
     <w:rsid w:val="00C500E7"/>
     <w:rsid w:val="00C53761"/>
     <w:rsid w:val="00C70BA9"/>
     <w:rsid w:val="00C72432"/>
     <w:rsid w:val="00C74F1D"/>
     <w:rsid w:val="00C83803"/>
     <w:rsid w:val="00C91823"/>
     <w:rsid w:val="00C948F9"/>
+    <w:rsid w:val="00C96DE9"/>
     <w:rsid w:val="00C97063"/>
     <w:rsid w:val="00CA1869"/>
+    <w:rsid w:val="00CA3640"/>
     <w:rsid w:val="00CB0C10"/>
+    <w:rsid w:val="00CC4F5A"/>
     <w:rsid w:val="00CD0675"/>
     <w:rsid w:val="00CD2DAA"/>
     <w:rsid w:val="00CD315B"/>
     <w:rsid w:val="00CE2A84"/>
     <w:rsid w:val="00CF10E6"/>
     <w:rsid w:val="00CF14EA"/>
     <w:rsid w:val="00CF39D9"/>
     <w:rsid w:val="00D008AB"/>
     <w:rsid w:val="00D00FC1"/>
     <w:rsid w:val="00D2008B"/>
     <w:rsid w:val="00D33EB7"/>
     <w:rsid w:val="00D3743F"/>
     <w:rsid w:val="00D41B63"/>
     <w:rsid w:val="00D53465"/>
     <w:rsid w:val="00D568FB"/>
+    <w:rsid w:val="00D83A6D"/>
     <w:rsid w:val="00D85BE9"/>
+    <w:rsid w:val="00D8602E"/>
     <w:rsid w:val="00D95381"/>
     <w:rsid w:val="00DA09B3"/>
     <w:rsid w:val="00DA5217"/>
     <w:rsid w:val="00DC6FB0"/>
     <w:rsid w:val="00DD7AB3"/>
     <w:rsid w:val="00DE08E3"/>
     <w:rsid w:val="00DE11B2"/>
     <w:rsid w:val="00E006CD"/>
+    <w:rsid w:val="00E30459"/>
     <w:rsid w:val="00E321FB"/>
     <w:rsid w:val="00E4284F"/>
     <w:rsid w:val="00E431C5"/>
     <w:rsid w:val="00E45CD6"/>
     <w:rsid w:val="00E50892"/>
     <w:rsid w:val="00E744C7"/>
+    <w:rsid w:val="00E76DB2"/>
     <w:rsid w:val="00E835FA"/>
     <w:rsid w:val="00E83747"/>
     <w:rsid w:val="00E932E0"/>
     <w:rsid w:val="00E95330"/>
     <w:rsid w:val="00E95B8D"/>
     <w:rsid w:val="00E97497"/>
     <w:rsid w:val="00EA326A"/>
     <w:rsid w:val="00EA4253"/>
     <w:rsid w:val="00EA6334"/>
     <w:rsid w:val="00EC37E6"/>
     <w:rsid w:val="00EE5A98"/>
     <w:rsid w:val="00EF4759"/>
     <w:rsid w:val="00F061D4"/>
     <w:rsid w:val="00F065D9"/>
     <w:rsid w:val="00F13B11"/>
     <w:rsid w:val="00F14D39"/>
     <w:rsid w:val="00F15B3F"/>
     <w:rsid w:val="00F239B4"/>
     <w:rsid w:val="00F42045"/>
     <w:rsid w:val="00F44CA0"/>
     <w:rsid w:val="00F6308A"/>
     <w:rsid w:val="00F9288B"/>
     <w:rsid w:val="00F93FA7"/>
     <w:rsid w:val="00F97F85"/>
     <w:rsid w:val="00FA4BC1"/>
@@ -7167,51 +7215,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2138445424">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scottishprocurement@gov.scot" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scottishprocurement@gov.scot" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainableprocurementtools.scot/" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R65413727d2124ca0" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scottishprocurement@gov.scot" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:scottishprocurement@gov.scot" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainableprocurementtools.scot/" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item3.xml" Id="R3de314260657499c" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7459,242 +7507,266 @@
 <file path=customXML/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://www.objective.com/ecm/document/metadata/53D26341A57B383EE0540010E0463CCA" version="1.0.0">
   <systemFields>
     <field name="Objective-Id">
       <value order="0">A30034333</value>
     </field>
     <field name="Objective-Title">
       <value order="0">User guide - Register and login</value>
     </field>
     <field name="Objective-Description">
       <value order="0"/>
     </field>
     <field name="Objective-CreationStamp">
       <value order="0">2020-09-16T11:06:19Z</value>
     </field>
     <field name="Objective-IsApproved">
       <value order="0">false</value>
     </field>
     <field name="Objective-IsPublished">
       <value order="0">false</value>
     </field>
     <field name="Objective-DatePublished">
       <value order="0"/>
     </field>
     <field name="Objective-ModificationStamp">
-      <value order="0">2025-02-27T17:50:56Z</value>
+      <value order="0">2026-03-17T16:31:51Z</value>
     </field>
     <field name="Objective-Owner">
       <value order="0">Hook, Lorraine LA (u112809)</value>
     </field>
     <field name="Objective-Path">
-      <value order="0">Objective Global Folder:SG File Plan:Government, politics and public administration:Public administration:Procurement:Advice and policy: Procurement:Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: 2020-2025</value>
+      <value order="0">Objective Global Folder:SG File Plan:Government, politics and public administration:Public administration:Procurement:Advice and policy: Procurement:Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: Part 1: 2020-2025</value>
     </field>
     <field name="Objective-Parent">
-      <value order="0">Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: 2020-2025</value>
+      <value order="0">Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: Part 1: 2020-2025</value>
     </field>
     <field name="Objective-State">
       <value order="0">Being Drafted</value>
     </field>
     <field name="Objective-VersionId">
-      <value order="0">vA78331670</value>
+      <value order="0">vA84672347</value>
     </field>
     <field name="Objective-Version">
-      <value order="0">4.1</value>
+      <value order="0">4.3</value>
     </field>
     <field name="Objective-VersionNumber">
-      <value order="0">6</value>
+      <value order="0">8</value>
     </field>
     <field name="Objective-VersionComment">
       <value order="0"/>
     </field>
     <field name="Objective-FileNumber">
       <value order="0">CASE/531624</value>
     </field>
     <field name="Objective-Classification">
-      <value order="0">OFFICIAL-SENSITIVE</value>
+      <value order="0">OFFICIAL</value>
     </field>
     <field name="Objective-Caveats">
       <value order="0">Caveat for access to SG Fileplan</value>
     </field>
   </systemFields>
   <catalogues>
     <catalogue name="Document Type Catalogue" type="type" ori="id:cA35">
       <field name="Objective-Date of Original">
         <value order="0"/>
       </field>
       <field name="Objective-Date Received">
         <value order="0"/>
       </field>
       <field name="Objective-SG Web Publication - Category">
         <value order="0"/>
       </field>
       <field name="Objective-SG Web Publication - Category 2 Classification">
         <value order="0"/>
       </field>
       <field name="Objective-Connect Creator">
         <value order="0"/>
       </field>
       <field name="Objective-Required Redaction">
         <value order="0"/>
       </field>
+      <field name="Objective-Shared By">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Access Conditions">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Access Status">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Date Open From">
+        <value order="0"/>
+      </field>
     </catalogue>
   </catalogues>
 </metadata>
 </file>
 
 <file path=customXML/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/53D26341A57B383EE0540010E0463CCA"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{987E13A1-981E-4DED-ABBD-101F1A13BDDB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>140</Words>
-  <Characters>802</Characters>
+  <Words>146</Words>
+  <Characters>786</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>6</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Scottish Government</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>941</CharactersWithSpaces>
+  <CharactersWithSpaces>906</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hook LA (Lorraine)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A30034333</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
     <vt:lpwstr>User guide - Register and login</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
     <vt:filetime>2020-09-16T11:06:19Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-02-27T17:50:56Z</vt:filetime>
+    <vt:filetime>2026-03-17T16:31:51Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hook, Lorraine LA (u112809)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
-    <vt:lpwstr>Objective Global Folder:SG File Plan:Government, politics and public administration:Public administration:Procurement:Advice and policy: Procurement:Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: 2020-2025</vt:lpwstr>
+    <vt:lpwstr>Objective Global Folder:SG File Plan:Government, politics and public administration:Public administration:Procurement:Advice and policy: Procurement:Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: Part 1: 2020-2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
-    <vt:lpwstr>Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: 2020-2025</vt:lpwstr>
+    <vt:lpwstr>Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: Part 1: 2020-2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Being Drafted</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA78331670</vt:lpwstr>
+    <vt:lpwstr>vA84672347</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>4.1</vt:lpwstr>
+    <vt:lpwstr>4.3</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>6</vt:r8>
+    <vt:r8>8</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>CASE/531624</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
-    <vt:lpwstr>OFFICIAL-SENSITIVE</vt:lpwstr>
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr>Caveat for access to SG Fileplan</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Date of Original">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Date Received">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-SG Web Publication - Category">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-SG Web Publication - Category 2 Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Required Redaction">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-Shared By">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Access Conditions">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-Access Status">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-Date Open From">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>