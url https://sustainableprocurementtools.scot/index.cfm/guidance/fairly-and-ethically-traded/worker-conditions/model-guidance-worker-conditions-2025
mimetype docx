--- v0 (2025-10-08)
+++ v1 (2026-02-15)
@@ -1,8793 +1,12749 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXML/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="71D2F091" w14:textId="7675D4C7" w:rsidR="00997AC4" w:rsidRDefault="00767E5D" w:rsidP="006D5EE9">
+    <w:p w14:paraId="71D2F091" w14:textId="5F5C858E" w:rsidR="00997AC4" w:rsidRPr="002470BF" w:rsidRDefault="00767E5D" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="44"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="44"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Fair</w:t>
       </w:r>
-      <w:r w:rsidR="00997AC4">
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="44"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ly</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="44"/>
-[...6 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:r w:rsidR="002470BF" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="44"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ethically</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="44"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> traded</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68C799E1" w14:textId="0F08360A" w:rsidR="00767E5D" w:rsidRPr="002470BF" w:rsidRDefault="00997AC4" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Worker </w:t>
       </w:r>
-      <w:r w:rsidR="004B0D3B">
+      <w:r w:rsidR="004B0D3B" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-          <w:sz w:val="44"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298D1EA6" w14:textId="77777777" w:rsidR="004B0D3B" w:rsidRDefault="004B0D3B" w:rsidP="006D5EE9">
+    <w:p w14:paraId="298D1EA6" w14:textId="77777777" w:rsidR="004B0D3B" w:rsidRPr="002470BF" w:rsidRDefault="004B0D3B" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:id w:val="112336435"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:sdtEndPr>
       <w:sdtContent>
-        <w:p w14:paraId="27102C37" w14:textId="1A2E7734" w:rsidR="004B0D3B" w:rsidRDefault="004B0D3B">
+        <w:p w14:paraId="27102C37" w14:textId="1A2E7734" w:rsidR="004B0D3B" w:rsidRPr="002470BF" w:rsidRDefault="004B0D3B" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOCHeading"/>
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="002470BF">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:color w:val="auto"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
             <w:t>Contents</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="2FB69F27" w14:textId="4F4DDE11" w:rsidR="00D962D0" w:rsidRDefault="004B0D3B">
+        <w:p w14:paraId="2FB69F27" w14:textId="4F4DDE11" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="004B0D3B" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="002470BF">
             <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="28"/>
-              <w:szCs w:val="22"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="00D962D0">
+          <w:r w:rsidRPr="002470BF">
             <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="28"/>
-              <w:szCs w:val="22"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> TOC \o "1-3" \h \z \u </w:instrText>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="002470BF">
             <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:sz w:val="28"/>
-              <w:szCs w:val="22"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc187160927" w:history="1">
-            <w:r w:rsidR="00D962D0" w:rsidRPr="00D962D0">
+            <w:r w:rsidR="00D962D0" w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="22"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Overview</w:t>
             </w:r>
-            <w:r w:rsidR="00D962D0">
+            <w:r w:rsidR="00D962D0" w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r w:rsidR="00D962D0">
+            <w:r w:rsidR="00D962D0" w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidR="00D962D0">
+            <w:r w:rsidR="00D962D0" w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160927 \h </w:instrText>
             </w:r>
-            <w:r w:rsidR="00D962D0">
+            <w:r w:rsidR="00D962D0" w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r w:rsidR="00D962D0">
+            <w:r w:rsidR="00D962D0" w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00D962D0">
+            <w:r w:rsidR="00D962D0" w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00D962D0">
+            <w:r w:rsidR="00D962D0" w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="0C045B4F" w14:textId="2730AA4C" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="0C045B4F" w14:textId="2730AA4C" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160928" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Description and scope</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160928 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="1E2FABC2" w14:textId="03B7EA68" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="1E2FABC2" w14:textId="03B7EA68" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160929" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
                 <w:lang w:val="en"/>
               </w:rPr>
               <w:t>Legal and Policy context</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160929 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="25DD04F3" w14:textId="61C3BAD0" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="25DD04F3" w14:textId="61C3BAD0" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160930" w:history="1">
-            <w:r w:rsidRPr="00D962D0">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="22"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Commissioning</w:t>
+              <w:t>Commissioning and Pre-procurement</w:t>
             </w:r>
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
-[...58 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160930 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2B139F18" w14:textId="24A1263A" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="2B139F18" w14:textId="24A1263A" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160931" w:history="1">
-            <w:r w:rsidRPr="00D962D0">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="22"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Procurement</w:t>
+              <w:t>Procurement Guidance</w:t>
             </w:r>
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
-[...18 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160931 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2ACB13C4" w14:textId="3D2E5419" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="2ACB13C4" w14:textId="3D2E5419" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160932" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Pre-contract notification</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160932 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="4BC21AF2" w14:textId="2614419E" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="4BC21AF2" w14:textId="2614419E" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160933" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Supplier selection</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160933 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7090A076" w14:textId="654E2DF9" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="7090A076" w14:textId="654E2DF9" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160934" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Specification</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160934 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7768B3F1" w14:textId="1792270C" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="7768B3F1" w14:textId="1792270C" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160935" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Evaluation and Award</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160935 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="06CC261B" w14:textId="5D9B39B1" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="06CC261B" w14:textId="5D9B39B1" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160936" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Contract and Supplier Management</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160936 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="60DE8F88" w14:textId="35782518" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="60DE8F88" w14:textId="35782518" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160937" w:history="1">
-            <w:r w:rsidRPr="00D962D0">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="22"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Annex</w:t>
+              <w:t>Annex – Example procurement clauses and KPIs</w:t>
             </w:r>
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink"/>
-[...98 lines deleted...]
-              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160937 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="55353750" w14:textId="3A350EAD" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="55353750" w14:textId="3A350EAD" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160938" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Pre-contract Notification</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160938 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="7597C8E8" w14:textId="12FB87AE" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="7597C8E8" w14:textId="12FB87AE" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160939" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Supplier selection</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160939 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="5B036C1C" w14:textId="3DDD1211" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="5B036C1C" w14:textId="3DDD1211" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160940" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Specification</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160940 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="2D574384" w14:textId="442CC8F7" w:rsidR="00D962D0" w:rsidRDefault="00D962D0">
+        <w:p w14:paraId="2D574384" w14:textId="442CC8F7" w:rsidR="00D962D0" w:rsidRPr="002470BF" w:rsidRDefault="00D962D0" w:rsidP="002470BF">
           <w:pPr>
             <w:pStyle w:val="TOC1"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="9016"/>
             </w:tabs>
             <w:rPr>
-              <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
               <w:noProof/>
               <w:kern w:val="2"/>
-              <w:szCs w:val="24"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
               <w:lang w:eastAsia="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink w:anchor="_Toc187160941" w:history="1">
-            <w:r w:rsidRPr="00005603">
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>Evaluation and Award</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:tab/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> PAGEREF _Toc187160941 \h </w:instrText>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002470BF">
               <w:rPr>
+                <w:rFonts w:cs="Arial"/>
                 <w:noProof/>
                 <w:webHidden/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:hyperlink>
         </w:p>
-        <w:p w14:paraId="327CF8FF" w14:textId="07C5F486" w:rsidR="004B0D3B" w:rsidRDefault="004B0D3B">
-          <w:r>
+        <w:p w14:paraId="327CF8FF" w14:textId="07C5F486" w:rsidR="004B0D3B" w:rsidRPr="002470BF" w:rsidRDefault="004B0D3B" w:rsidP="002470BF">
+          <w:pPr>
             <w:rPr>
+              <w:rFonts w:cs="Arial"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="002470BF">
+            <w:rPr>
+              <w:rFonts w:cs="Arial"/>
               <w:b/>
               <w:bCs/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w14:paraId="415E483C" w14:textId="490DD508" w:rsidR="00997AC4" w:rsidRDefault="00997AC4">
+    <w:p w14:paraId="415E483C" w14:textId="490DD508" w:rsidR="00997AC4" w:rsidRPr="002470BF" w:rsidRDefault="00997AC4" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24059C56" w14:textId="68E88098" w:rsidR="00FA16F4" w:rsidRPr="00997AC4" w:rsidRDefault="00FA16F4" w:rsidP="000954EB">
+    <w:p w14:paraId="24059C56" w14:textId="68E88098" w:rsidR="00FA16F4" w:rsidRPr="002470BF" w:rsidRDefault="00FA16F4" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Toc187160927"/>
-      <w:r w:rsidRPr="00997AC4">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Overview</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="2DEBC8AF" w14:textId="77777777" w:rsidR="00D92A1E" w:rsidRPr="00D92A1E" w:rsidRDefault="00D92A1E" w:rsidP="00D92A1E">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="2DEBC8AF" w14:textId="77777777" w:rsidR="00D92A1E" w:rsidRPr="002470BF" w:rsidRDefault="00D92A1E" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70C675CD" w14:textId="77777777" w:rsidR="00FA16F4" w:rsidRPr="000618FB" w:rsidRDefault="00FA16F4" w:rsidP="000618FB">
+    <w:p w14:paraId="70C675CD" w14:textId="77777777" w:rsidR="00FA16F4" w:rsidRPr="002470BF" w:rsidRDefault="00FA16F4" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc187160928"/>
-      <w:r w:rsidRPr="000618FB">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Description and scope</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:p w14:paraId="4C9263AA" w14:textId="77777777" w:rsidR="00F4490F" w:rsidRPr="00F4490F" w:rsidRDefault="00F4490F" w:rsidP="00F4490F"/>
-    <w:p w14:paraId="6416DDA7" w14:textId="6C90241E" w:rsidR="00E4020F" w:rsidRPr="00F05BB0" w:rsidRDefault="00E4020F" w:rsidP="4D58B4C5">
+    <w:p w14:paraId="4C9263AA" w14:textId="77777777" w:rsidR="00F4490F" w:rsidRPr="002470BF" w:rsidRDefault="00F4490F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6416DDA7" w14:textId="6C90241E" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:line="315" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F05BB0">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>This guidance is concerned with the procurement of products, services and works, where there may be concerns regarding human rights, working conditions and worker exploitation in the supply chain.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="488A11D4" w14:textId="77777777" w:rsidR="000B02E6" w:rsidRPr="00E4020F" w:rsidRDefault="000B02E6" w:rsidP="000B02E6">
+    <w:p w14:paraId="488A11D4" w14:textId="77777777" w:rsidR="000B02E6" w:rsidRPr="002470BF" w:rsidRDefault="000B02E6" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:line="315" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C423053" w14:textId="3AD279F0" w:rsidR="00E4020F" w:rsidRDefault="00E4020F" w:rsidP="000B02E6">
+    <w:p w14:paraId="5C423053" w14:textId="3AD279F0" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:line="315" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Its focus is on </w:t>
       </w:r>
-      <w:r w:rsidR="00F4490F" w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00F4490F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>behavior</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> that is exploitative and concentrates on circumstances where human rights may be infringed.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="785217C3" w14:textId="77777777" w:rsidR="000B02E6" w:rsidRPr="00E4020F" w:rsidRDefault="000B02E6" w:rsidP="000B02E6">
+    <w:p w14:paraId="785217C3" w14:textId="77777777" w:rsidR="000B02E6" w:rsidRPr="002470BF" w:rsidRDefault="000B02E6" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:line="315" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07BA12EA" w14:textId="68430B35" w:rsidR="003357BD" w:rsidRPr="003357BD" w:rsidRDefault="00E4020F" w:rsidP="003357BD">
+    <w:p w14:paraId="07BA12EA" w14:textId="68430B35" w:rsidR="003357BD" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NoSpacing"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="333333"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">It is part of a series of guides which support the sustainable procurement duty tools to help public sector </w:t>
       </w:r>
-      <w:r w:rsidR="00BA456F" w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00BA456F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>organi</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>organizations</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>z</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve"> embed sustainability into their procurement processes.</w:t>
+      </w:r>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ations</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Separate guidance on how to address equality matters for the workforce engaged on the contract, as part of a bidders approach to fair work practices is available, see the </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
+        <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:color w:val="347AB7"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Fair work practices guidance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006535BA">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="006535BA" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Other socio-economic guides including </w:t>
       </w:r>
       <w:hyperlink r:id="rId13" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
+        <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
-            <w:color w:val="347AB7"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Equality</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
+        <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
-            <w:color w:val="347AB7"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>Security and Crime</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> may also be relevant.</w:t>
       </w:r>
-      <w:r w:rsidR="003357BD" w:rsidRPr="003357BD">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="003357BD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t> These are available on the Sustainable Procurement Tools.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661E15F7" w14:textId="77777777" w:rsidR="000B02E6" w:rsidRPr="00E4020F" w:rsidRDefault="000B02E6" w:rsidP="000B02E6">
+    <w:p w14:paraId="661E15F7" w14:textId="77777777" w:rsidR="000B02E6" w:rsidRPr="002470BF" w:rsidRDefault="000B02E6" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:line="315" w:lineRule="atLeast"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en" w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5343DBF7" w14:textId="5400C599" w:rsidR="006D5EE9" w:rsidRDefault="00E4020F" w:rsidP="006D5EE9">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="5343DBF7" w14:textId="5400C599" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Description of risk/opportunity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE4B7E6" w14:textId="4ACC6D09" w:rsidR="00E4020F" w:rsidRPr="00E4020F" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="0EE4B7E6" w14:textId="4ACC6D09" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Are there potential concerns about human rights and worker conditions / exploitation anywhere within the supply chain? (supply chains can be local, regional or global)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="776FB131" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00542C0D" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="776FB131" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3CA95546" w14:textId="387F3DDB" w:rsidR="00E4020F" w:rsidRPr="007E51E8" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="3CA95546" w14:textId="387F3DDB" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-      </w:pPr>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Are there potential opportunities to mitigate human rights risks and prevent worker exploitation within the supply chain by working with the market?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BD0B071" w14:textId="77777777" w:rsidR="00577623" w:rsidRDefault="00577623" w:rsidP="007E51E8">
+    <w:p w14:paraId="4BD0B071" w14:textId="77777777" w:rsidR="00577623" w:rsidRPr="002470BF" w:rsidRDefault="00577623" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="16DA3284" w14:textId="12CA0C4A" w:rsidR="00577623" w:rsidRPr="00E4020F" w:rsidRDefault="00577623" w:rsidP="00E4020F">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16DA3284" w14:textId="12CA0C4A" w:rsidR="00577623" w:rsidRPr="002470BF" w:rsidRDefault="00577623" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Are there potential opportunities to support global social, economic and environmental wellbeing through your </w:t>
       </w:r>
-      <w:r w:rsidR="00F05BB0">
+      <w:r w:rsidR="00F05BB0" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>procurement</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> choices?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0474D9DF" w14:textId="63701E85" w:rsidR="00E4020F" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="0474D9DF" w14:textId="63701E85" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
-      </w:pPr>
-[...3 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B35152D" w14:textId="11D6F54A" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Examples</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6369E700" w14:textId="77777777" w:rsidR="00997AC4" w:rsidRDefault="00997AC4" w:rsidP="00E4020F">
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+    <w:p w14:paraId="6369E700" w14:textId="77777777" w:rsidR="00997AC4" w:rsidRPr="002470BF" w:rsidRDefault="00997AC4" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E9AA8C7" w14:textId="0FCA4CFE" w:rsidR="00E4020F" w:rsidRPr="00997AC4" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="3E9AA8C7" w14:textId="0FCA4CFE" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00997AC4">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Concerns regarding compliance with </w:t>
       </w:r>
-      <w:r w:rsidR="00997AC4" w:rsidRPr="00997AC4">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>International Labour Organization (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00997AC4">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ILO</w:t>
       </w:r>
-      <w:r w:rsidR="00997AC4" w:rsidRPr="00997AC4">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> Conventions or conditions where human rights may be infringed or conditions that could foster exploitation might include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E49B029" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00CC436F" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="4E49B029" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC436F">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>slavery and human trafficking statements not published by suppliers (where required under section 54 of the Modern Slavery Act 2015</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BF7F4E0" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="7BF7F4E0" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>poor pay and conditions, e.g. under / delayed payment of wages or excessive or illegal wage deductions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727A295C" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="727A295C" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>excessive working hours, compulsory or excessive overtime</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5391B584" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="5391B584" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>charging illegal or excessive fees for recruitment, accommodation, health checks, documents, equipment, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17ED75FA" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="17ED75FA" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>restrictions on movement (workers unable to change employer) or identity documents withheld</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BD3B650" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="0BD3B650" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>forced or child labour and human trafficking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5405E145" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="5405E145" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>low health &amp; safety standards or hazardous working conditions</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="009FF57A" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="009FF57A" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>restrictions on trade union membership or other representation / no route to lodge concerns or activity or workers ill-informed about terms</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="139901E5" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="139901E5" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F66C85C" w14:textId="61695A6C" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00997AC4">
+    <w:p w14:paraId="2F66C85C" w14:textId="61695A6C" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Risks may be more prevalent where there is reliance on</w:t>
       </w:r>
-      <w:r w:rsidR="00997AC4">
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00780DEE">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>labour supply from recruitment agencies</w:t>
       </w:r>
-      <w:r w:rsidR="00997AC4">
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00780DEE">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>migrant or seasonal workers</w:t>
       </w:r>
-      <w:r w:rsidR="00997AC4">
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00780DEE">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>temporary or agency staff</w:t>
       </w:r>
-      <w:r w:rsidR="00997AC4">
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15214977" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="15214977" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="390C1E1E" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00E4020F" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="390C1E1E" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="405"/>
         </w:tabs>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4020F">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Almost every industry is at risk especially where there is a complex supply chain or a lack of transparency in the supply chain, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:szCs w:val="36"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">anywhere there are labour intensive production processes and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E4020F">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>low skill and low pay occupations including:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EC2E1B" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="20EC2E1B" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FB1870B" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="1FB1870B" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Electronics and high technology</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7896848A" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="7896848A" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Steel and automobiles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41679047" w14:textId="57EC9375" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="41679047" w14:textId="57EC9375" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Construction</w:t>
       </w:r>
-      <w:r w:rsidR="00A40AF7">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00A40AF7" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A40AF7" w:rsidRPr="00A40AF7">
-[...6 lines deleted...]
-    <w:p w14:paraId="3D16CE3B" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+      <w:r w:rsidR="00A40AF7" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mining and quarrying</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D16CE3B" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Manufacturing, e.g. incl. garments, textiles, footwear, surgical supplies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EF2907D" w14:textId="0D0E1180" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00A40AF7" w:rsidP="00E4020F">
+    <w:p w14:paraId="2EF2907D" w14:textId="0D0E1180" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00A40AF7" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Agriculture, forestry, fishing, and f</w:t>
       </w:r>
-      <w:r w:rsidR="00E4020F" w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00E4020F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>ood processing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9DEA32" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="2A9DEA32" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Primary production e.g. Agriculture and seafood</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072E5164" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="072E5164" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Extraction, e.g. Mining and minerals</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F518E9" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="16F518E9" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Shipping, transportation and storage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53C9633B" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="00780DEE" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="53C9633B" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="36"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00780DEE">
-[...2 lines deleted...]
-          <w:szCs w:val="36"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Recycling / waste disposal</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E8CD0FA" w14:textId="4CAD5095" w:rsidR="00E4020F" w:rsidRPr="00E4020F" w:rsidRDefault="00E4020F" w:rsidP="00E4020F">
+    <w:p w14:paraId="54B5F80E" w14:textId="77777777" w:rsidR="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Service work – catering, cleaning services, hospitality, care, domestic service</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1ABB4BD4" w14:textId="77777777" w:rsidR="00A40AF7" w:rsidRPr="00A40AF7" w:rsidRDefault="00A40AF7" w:rsidP="00A40AF7">
+    <w:p w14:paraId="44C9BB8F" w14:textId="7627174E" w:rsidR="00A40AF7" w:rsidRPr="002470BF" w:rsidRDefault="00A40AF7" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">High risk </w:t>
+      </w:r>
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vulnerable groups </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- can</w:t>
+      </w:r>
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> include migrants</w:t>
+      </w:r>
+      <w:r w:rsidR="00A877F4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and refugees</w:t>
+      </w:r>
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A877F4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>women,</w:t>
+      </w:r>
+      <w:r w:rsidR="00997AC4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and children</w:t>
+      </w:r>
+      <w:r w:rsidR="00A877F4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01DE291B" w14:textId="77777777" w:rsidR="00A40AF7" w:rsidRPr="002470BF" w:rsidRDefault="00A40AF7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1ECC3119" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...37 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:t>Role of procurement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="200C3F4F" w14:textId="33E6ADEB" w:rsidR="00A91D42" w:rsidRDefault="00074662" w:rsidP="006D5EE9">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="200C3F4F" w14:textId="33E6ADEB" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00074662" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> relevant National Outcomes and Indicators within the </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="006D5EE9" w:rsidRPr="00F456C8">
+        <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>National Performance Framework</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00074662">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>focus our activity around</w:t>
       </w:r>
-      <w:r w:rsidR="001C6127">
+      <w:r w:rsidR="001C6127" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘</w:t>
       </w:r>
-      <w:r w:rsidRPr="00074662">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">creating a more successful country, with opportunities for all of Scotland to flourish, through </w:t>
       </w:r>
-      <w:r w:rsidR="00D22E26">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D22E26" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">increased wellbeing, and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00074662">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>sustainable and inclusive economic growth</w:t>
       </w:r>
-      <w:r w:rsidR="001C6127">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="001C6127" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">’. </w:t>
       </w:r>
-      <w:r w:rsidR="00F525D7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00F525D7" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The relevant National </w:t>
       </w:r>
-      <w:r w:rsidR="00195159">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00195159" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00F525D7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00F525D7" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">utcomes </w:t>
       </w:r>
-      <w:r w:rsidR="00195159">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00195159" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">and indicators </w:t>
       </w:r>
-      <w:r w:rsidR="00F525D7">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00F525D7" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>are:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3ACAC2" w14:textId="74EEFFFE" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="006D5EE9">
-[...6 lines deleted...]
-    <w:p w14:paraId="2FDB9A7D" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="4F3ACAC2" w14:textId="74EEFFFE" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FDB9A7D" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Human Rights: We respect, protect and fulfil human rights and live free from discrimination</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16C273EC" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="16C273EC" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Access to justice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE5D54A" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="3CE5D54A" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>International: We are open, connected and make a positive contribution internationally</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58344655" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="58344655" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>Trust in public organisations</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00123A60">
+        <w:t xml:space="preserve">Trust in public </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>organisations</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="687B0B89" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="687B0B89" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Scotland’s reputation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="53766CBF" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="53766CBF" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>International networks</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0136BD66" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="0136BD66" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Economy: We have a globally competitive, entrepreneurial, inclusive and sustainable economy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C0C95A6" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="2C0C95A6" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Income inequalities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D5BF7E" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="79D5BF7E" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Poverty:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>We tackle poverty by sharing opportunities, wealth and power more equally</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18204757" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="18204757" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Wealth inequalities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="295D8888" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="295D8888" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Unmanageable debt</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044B9E87" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="044B9E87" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Persistent poverty</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640D61B4" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="640D61B4" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Communities:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123A60">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>We live in communities that are inclusive, empowered, resilient and safe</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="706A2D39" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="706A2D39" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Crime victimisation</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3455E70F" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="3455E70F" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fair Work &amp; Business:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00123A60">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>We have thriving and innovative businesses, with quality jobs and fair work for everyone</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E8DEDF5" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="5E8DEDF5" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00123A60">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Employees on the living wage</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EEC319" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="05EEC319" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00123A60">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Contractually secure work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33BF498F" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="33BF498F" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00123A60">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Employee voice</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C75C49F" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="4C75C49F" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="30"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00123A60">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Health: We are healthy and active</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6743CE09" w14:textId="04BB11D5" w:rsidR="006535BA" w:rsidRPr="00123A60" w:rsidRDefault="002F41D2" w:rsidP="002F41D2">
+    <w:p w14:paraId="6743CE09" w14:textId="04BB11D5" w:rsidR="006535BA" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00123A60">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Healthy life expectancy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FDFA8FD" w14:textId="1F3E6365" w:rsidR="002F41D2" w:rsidRPr="006535BA" w:rsidRDefault="002F41D2" w:rsidP="006535BA">
+    <w:p w14:paraId="0FDFA8FD" w14:textId="1F3E6365" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006535BA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Mental wellbeing</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F8080D7" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRDefault="002F41D2" w:rsidP="006D5EE9">
-[...9 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="6F8080D7" w14:textId="77777777" w:rsidR="002F41D2" w:rsidRPr="002470BF" w:rsidRDefault="002F41D2" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23351640" w14:textId="15F1AA4A" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="00F525D7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Buyers </w:t>
       </w:r>
-      <w:r w:rsidR="00FD2620" w:rsidRPr="00FD2620">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00FD2620" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>can help to promote human rights and tackle worker exploitation</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> through </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">their </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2620">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>procurement processes</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:t xml:space="preserve">procurement </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> where relevant and proportionate to what they are buying.</w:t>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="006D5EE9">
+        <w:t>processes where</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relevant and proportionate to what they are buying.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46A35636" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AE3287" w14:textId="77777777" w:rsidR="001C6127" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
+    <w:p w14:paraId="68AE3287" w14:textId="77777777" w:rsidR="001C6127" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:hyperlink r:id="rId16" w:history="1">
-        <w:r w:rsidRPr="00F456C8">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>The Procurement Reform (Scotland) Act 2014</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006D5EE9">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (the Act) places a Sustainable Procurement Duty on a contracting authority before they buy anything, to think about how they can – though their procurements - improve the social, environmental and economic wellbeing in Scotland, with a particula</w:t>
       </w:r>
-      <w:r w:rsidR="001C6127">
+      <w:r w:rsidR="001C6127" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>r focus on reducing inequality.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF69D75" w14:textId="77777777" w:rsidR="001C6127" w:rsidRDefault="001C6127" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D5EE9">
+    <w:p w14:paraId="7AF69D75" w14:textId="77777777" w:rsidR="001C6127" w:rsidRPr="002470BF" w:rsidRDefault="001C6127" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="058F42F9" w14:textId="783A5D3A" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>The Act also requires organisations to develop an organisation procurement strategy and report against its delivery at the end of each year.</w:t>
       </w:r>
-      <w:r w:rsidR="000954EB">
+      <w:r w:rsidR="000954EB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="006D5EE9">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>This includes a requirement to include a statement of the authority’s general policy on the procurement of fairly and ethically traded goods and services</w:t>
       </w:r>
-      <w:r w:rsidR="001C6127">
+      <w:r w:rsidR="001C6127" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and report on progress</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D5EE9">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49025FFC" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="00F3575F"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="49025FFC" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7641CB50" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00BC4841" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Contracting authorities are likely to have different social and ethical policy objectives, for example tackling labour standards or workforce exploitation within supply chains. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="072CB1E4" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="00F3575F"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="072CB1E4" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D8F9B43" w14:textId="27687C5E" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00BC4841" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">If a buyer intends to incorporate ethical policy objectives into their </w:t>
       </w:r>
-      <w:r w:rsidR="00A877F4">
+      <w:r w:rsidR="00A877F4" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>procurement,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> they must ensure these are clearly articulated.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="373E6AF6" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="00F3575F"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="373E6AF6" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6322B75A" w14:textId="29442B50" w:rsidR="00F3575F" w:rsidRPr="002470BF" w:rsidRDefault="00BC4841" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>A clear policy objective in the commodity strategy aligned with their organisational procurement strategy will help demonstrate how the requirement is relevant to the subject matter of the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5039E4DB" w14:textId="77777777" w:rsidR="008D5B6E" w:rsidRDefault="008D5B6E" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D5EE9">
+    <w:p w14:paraId="5039E4DB" w14:textId="77777777" w:rsidR="008D5B6E" w:rsidRPr="002470BF" w:rsidRDefault="008D5B6E" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="691B4635" w14:textId="08E75939" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>The public procurement regulations allow a contracting authority to exclude companies from tendering for public contracts for not meeting certain conditions</w:t>
       </w:r>
-      <w:r w:rsidR="00FD2620">
+      <w:r w:rsidR="00FD2620" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>, for example</w:t>
       </w:r>
-      <w:r w:rsidRPr="006D5EE9">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> breach of any obligations in the fields of environmental, social or labour law; and select the most suitable bidders based on technical ability and previous experience in relation to the subject matter of the contract. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C6A8D48" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D5EE9">
+    <w:p w14:paraId="6C6A8D48" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB464A8" w14:textId="72176763" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">This is done through the </w:t>
       </w:r>
       <w:hyperlink r:id="rId17" w:history="1">
-        <w:r w:rsidR="006535BA">
+        <w:r w:rsidR="006535BA" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Single Procurement Document</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006D5EE9">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (SPD (Scotland)). The public procurement regulations also permit contracting authorities to ask for tenderers to be registered under a certain social label scheme - </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the circumstances outlined later in Specification Development and Award apply. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00A77CD1" w14:textId="2F35417E" w:rsidR="00403547" w:rsidRPr="002470BF" w:rsidRDefault="00403547" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BDBFD59" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00403547" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">There is frequently a perception that procurement has a limited ability to apply control or influence throughout the supply chain beyond tier one suppliers.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2724B186" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRDefault="00E4020F" w:rsidP="00403547"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="2724B186" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0DA49FAE" w14:textId="21933353" w:rsidR="00403547" w:rsidRPr="002470BF" w:rsidRDefault="00403547" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>The procurement process provides opportunities to map supply chains, incorporate relevant and proportionate criteria and specification requirements, and it is possible to work with suppliers to improve social and ethical performance.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F8E8FFA" w14:textId="77777777" w:rsidR="00403547" w:rsidRDefault="00403547" w:rsidP="00403547"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="006D5EE9">
+    <w:p w14:paraId="7F8E8FFA" w14:textId="77777777" w:rsidR="00403547" w:rsidRPr="002470BF" w:rsidRDefault="00403547" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="593B6974" w14:textId="77777777" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00403547" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Risks and opportunities for sustainable procurement can be identified by undertaking in depth market and supply chain analysis and for example, through the appropriate use of the </w:t>
       </w:r>
       <w:hyperlink r:id="rId18" w:history="1">
-        <w:r w:rsidRPr="00F456C8">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Sustainability Test and Prioritisation Methodology</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="006D5EE9">
-[...7 lines deleted...]
-    <w:p w14:paraId="63A35C01" w14:textId="41C54733" w:rsidR="00A91D42" w:rsidRDefault="00F4490F" w:rsidP="000954EB">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and the application of relevant and proportionate contract requirements. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75B8362B" w14:textId="3702FFF1" w:rsidR="00E4020F" w:rsidRPr="002470BF" w:rsidRDefault="00E4020F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63A35C01" w14:textId="41C54733" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00F4490F" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="2" w:name="_Toc187160929"/>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Legal and Policy </w:t>
       </w:r>
-      <w:r w:rsidR="00A91D42" w:rsidRPr="00F4490F">
-        <w:rPr>
+      <w:r w:rsidR="00A91D42" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>context</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="164E763B" w14:textId="77777777" w:rsidR="00F4490F" w:rsidRPr="00F4490F" w:rsidRDefault="00F4490F" w:rsidP="00F4490F">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="164E763B" w14:textId="77777777" w:rsidR="00F4490F" w:rsidRPr="002470BF" w:rsidRDefault="00F4490F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02F64B4C" w14:textId="1EB004F5" w:rsidR="006D5EE9" w:rsidRPr="006D5EE9" w:rsidRDefault="00FD2620" w:rsidP="006D5EE9">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="02F64B4C" w14:textId="1EB004F5" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="00FD2620" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>The Scottish Government is committed to the</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2620">
-[...5 lines deleted...]
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="006D5EE9">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> progressive implementation of all human rights, including economic, social and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>cultural rights. A</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>s part of the UK</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>, Scotland</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is signed up to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
-        <w:r w:rsidR="006D5EE9" w:rsidRPr="00F456C8">
+        <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>International Labour Organisation (ILO) core conventions</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="006D5EE9">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, t</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he eight fundamental principles of which are: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DB3497F" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="006D5EE9">
+    </w:p>
+    <w:p w14:paraId="22177165" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Freedom of Association and Protection of the Right to Organise Convention, 1948 (No. 87),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7865FB84" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2. Right to Organise and Collective Bargaining Convention, 1949 (No. 98),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B6EF042" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3. Forced Labour Convention, 1930 (No. 29),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A04172C" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4. Abolition of Forced Labour Convention, 1957 (No. 105),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39F9F549" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5. Minimum Age Convention, 1973 (No. 138),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4543C67D" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Worst Forms of Child Labour Convention, 1999 (No. 182),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54228280" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7. Equal Remuneration Convention, 1951 (No. 100),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AF54137" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Discrimination (Employment and Occupation) Convention, 1958 (No. 111). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DD3B738" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22177165" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-[...58 lines deleted...]
-      <w:r w:rsidRPr="006D5EE9">
+    <w:p w14:paraId="7E28A9D2" w14:textId="586ECC6F" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="00FD2620" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>The UK has ratified seven core United Nations human rights treaties and seven Council of Europe human rights treaties. These include the</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId20" w:history="1">
-        <w:r w:rsidR="006D5EE9" w:rsidRPr="00777288">
+        <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>International Covenant on Economic, Social and Cultural Rights</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (ICESCR)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and the European Social Charter (ESC)</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="006D5EE9">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The ICESCR requires state parties to protect, respect and fulfil fundamental economic, social and cultural human rights, which include rights to work, health, and an adequate standard of living (including food and housing). The right to work encompasses fair work and decent working conditions. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7907CC41" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34250398" w14:textId="76BFE3C5" w:rsidR="00A91D42" w:rsidRDefault="00FD2620" w:rsidP="006D5EE9">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="34250398" w14:textId="76BFE3C5" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00FD2620" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>The Scottish Government has a vision for a Scotland where everyone lives with human dignity, and is committed to giving effect to the</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId21" w:history="1">
-        <w:r w:rsidR="006D5EE9" w:rsidRPr="00777288">
+        <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>United Nations (UN) Guiding Principles on Business and Human Rights</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (UNGPs). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="417AB124" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00FD2620">
+    <w:p w14:paraId="417AB124" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B33DA44" w14:textId="3A91F846" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="00FD2620" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">The UNGPs are based on a framework of </w:t>
       </w:r>
-      <w:r w:rsidRPr="00195159">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>state duty</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2620">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to protect human rights; </w:t>
       </w:r>
-      <w:r w:rsidRPr="00195159">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>business responsibility</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2620">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to respect human rights; and the </w:t>
       </w:r>
-      <w:r w:rsidRPr="00195159">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>requirement for remedy</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2620">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00FD2620">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> They are a set of guidelines for states and companies to prevent, address and remedy negative human rights impacts that businesses can cause or contribute to through their operations or relationships.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006D5EE9">
+        <w:t xml:space="preserve"> They are a set of guidelines for states and companies to </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t>prevent,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> address and remedy negative human rights impacts that businesses can cause or contribute to through their operations or relationships.</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4323BED4" w14:textId="77777777" w:rsidR="00B409AE" w:rsidRDefault="00B409AE" w:rsidP="006D5EE9"/>
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="4323BED4" w14:textId="77777777" w:rsidR="00B409AE" w:rsidRPr="002470BF" w:rsidRDefault="00B409AE" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="03887EAC" w14:textId="4CBC8357" w:rsidR="00DB45F1" w:rsidRPr="002470BF" w:rsidRDefault="00B409AE" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">Scotland was one of the first counties in the world to sign up to the </w:t>
       </w:r>
       <w:hyperlink r:id="rId22" w:history="1">
-        <w:r w:rsidRPr="00DB45F1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>UN Sustainable Development Goals</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DB45F1">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> (SDGs). Many of these goals align with </w:t>
       </w:r>
       <w:hyperlink r:id="rId23" w:history="1">
-        <w:r w:rsidRPr="00DB45F1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Scotland’s National Performance Framework</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DB45F1">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00DB45F1" w:rsidRPr="00DB45F1">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00DB45F1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00187F29">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00187F29" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>The Goal relevant to</w:t>
-[...4 lines deleted...]
-          <w:color w:val="333333"/>
+        <w:t>The Goal relevant to human rights, working conditions and exploitation is</w:t>
+      </w:r>
+      <w:r w:rsidR="00D22E26" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00187F29" w:rsidRPr="00E4020F">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidR="00D22E26" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB45F1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oal 8:  Promote sustained, inclusive and sustainable economic growth, full and </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB45F1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">productive employment and decent work for all, involves the eradication of </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB45F1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>human rights, working conditions and exploitation</w:t>
-[...4 lines deleted...]
-          <w:color w:val="333333"/>
+        <w:t xml:space="preserve">forced </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DB45F1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is</w:t>
-[...4 lines deleted...]
-          <w:color w:val="333333"/>
+        <w:t>labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB45F1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">, modern slavery, human trafficking and child </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00DB45F1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-        <w:t>forced labour, modern slavery, human trafficking and child labour</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00DB45F1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D933D8" w14:textId="77777777" w:rsidR="00577623" w:rsidRDefault="00577623" w:rsidP="00DB45F1">
-[...7 lines deleted...]
-    <w:p w14:paraId="4E9EB225" w14:textId="471C6C12" w:rsidR="00AB62A1" w:rsidRPr="00AB62A1" w:rsidRDefault="00AB62A1" w:rsidP="00DB45F1">
+    <w:p w14:paraId="58D933D8" w14:textId="77777777" w:rsidR="00577623" w:rsidRPr="002470BF" w:rsidRDefault="00577623" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E9EB225" w14:textId="471C6C12" w:rsidR="00AB62A1" w:rsidRPr="002470BF" w:rsidRDefault="00AB62A1" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AB62A1">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Fair Trade</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0847D206" w14:textId="77777777" w:rsidR="007723B5" w:rsidRDefault="007723B5" w:rsidP="00DB45F1">
-[...21 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="4BD2ECE6" w14:textId="06C714B9" w:rsidR="007723B5" w:rsidRPr="002470BF" w:rsidRDefault="002A2050" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The International Fair Trade Charter explains that “Fair Trade is a trading partnership, based on dialogue, transparency and respect, that seeks greater equity in international trade. It contributes to sustainable development by offering better trading conditions to, and securing the rights of, marginali</w:t>
       </w:r>
-      <w:r w:rsidR="00C64DA0" w:rsidRPr="004A6AE5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00C64DA0" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A6AE5">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ed producers and workers – especially in the South.”</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B601A3F" w14:textId="77777777" w:rsidR="007723B5" w:rsidRDefault="007723B5" w:rsidP="00DB45F1">
-[...14 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="4B601A3F" w14:textId="77777777" w:rsidR="007723B5" w:rsidRPr="002470BF" w:rsidRDefault="007723B5" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A9916A0" w14:textId="3A899684" w:rsidR="00577623" w:rsidRPr="002470BF" w:rsidRDefault="00577623" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Scotland is a </w:t>
       </w:r>
       <w:hyperlink r:id="rId24" w:history="1">
-        <w:r w:rsidRPr="00C00325">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t>Fair Trade Nation</w:t>
+          <w:t>Fair Trade Nation,</w:t>
         </w:r>
-        <w:r w:rsidRPr="003C7788">
+      </w:hyperlink>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> having achieved this status in 2013 and renewed it in February 2025. This means all sectors of society embed </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId25" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-          </w:rPr>
-[...13 lines deleted...]
-            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>the principles of Fair Trade</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="7C95F923">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> in their approaches and play their part in contributing to a just, equitable and sustainable world.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4937E5" w14:textId="4B1B5AE6" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="00DB45F1">
-[...15 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="4F4937E5" w14:textId="4B1B5AE6" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25704D93" w14:textId="44DB65C0" w:rsidR="00AB62A1" w:rsidRPr="002470BF" w:rsidRDefault="00CD4322" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Buying </w:t>
       </w:r>
-      <w:r w:rsidR="005F66C0">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="005F66C0" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">certified </w:t>
       </w:r>
-      <w:r w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Fair Trade goods</w:t>
       </w:r>
-      <w:r w:rsidR="00C00325">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00C00325" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> demonstrates a robust commitment to</w:t>
       </w:r>
-      <w:r w:rsidR="0F54E6B6" w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="0F54E6B6" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AE1C39" w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00AE1C39" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>fair wages and safe working conditions for</w:t>
       </w:r>
-      <w:r w:rsidR="00C00325">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00C00325" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> disadvantaged producers,</w:t>
       </w:r>
-      <w:r w:rsidR="00AE1C39" w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00AE1C39" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> and promotes sustainable practices</w:t>
       </w:r>
-      <w:r w:rsidR="00904B38" w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00904B38" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, in line with the </w:t>
       </w:r>
       <w:hyperlink r:id="rId26" w:history="1">
-        <w:r w:rsidR="00904B38" w:rsidRPr="02290214">
+        <w:r w:rsidR="00904B38" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>10 principles of Fair Trade</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00904B38" w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00904B38" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AE1C39" w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00AE1C39" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Additionally, investing in Fair Trade helps address global</w:t>
       </w:r>
-      <w:r w:rsidR="00D35F24">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D35F24" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> trade </w:t>
       </w:r>
-      <w:r w:rsidR="00AE1C39" w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00AE1C39" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>inequalities and contributes to achieving the Sustainable Development Goals.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E542CD1" w14:textId="77777777" w:rsidR="00904B38" w:rsidRDefault="00904B38" w:rsidP="00DB45F1">
-[...25 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="6EE85D1B" w14:textId="77777777" w:rsidR="00AE1C39" w:rsidRPr="002470BF" w:rsidRDefault="00AE1C39" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23216178" w14:textId="1B253C40" w:rsidR="00F05BB0" w:rsidRPr="002470BF" w:rsidRDefault="00F05BB0" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Scotland’s Fair Trade Nation status requires accurate benchmarking and monitoring of the levels of </w:t>
       </w:r>
-      <w:r w:rsidR="005F66C0">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F66C0" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">certified </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17C1D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Fair Trade </w:t>
       </w:r>
-      <w:r w:rsidR="005F66C0">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="005F66C0" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">products bought </w:t>
       </w:r>
-      <w:r w:rsidR="00C31764">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C31764" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17C1D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> the public sector </w:t>
       </w:r>
-      <w:r w:rsidR="004233E7">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004233E7" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>annually</w:t>
       </w:r>
-      <w:r w:rsidR="0035439F">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0035439F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>. O</w:t>
       </w:r>
-      <w:r w:rsidR="004233E7">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="004233E7" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">rganisations </w:t>
       </w:r>
-      <w:r w:rsidR="0035439F">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0035439F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can support the collection of consistent spend data by </w:t>
+      </w:r>
+      <w:r w:rsidR="00707B5E" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>identifying certified</w:t>
+      </w:r>
+      <w:r w:rsidR="005344AC" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0035439F">
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Fair Trade </w:t>
+      </w:r>
+      <w:r w:rsidR="0035439F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>products in their</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17C1D">
-[...51 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0035439F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">procurement spend reports. For example,  </w:t>
+      </w:r>
+      <w:r w:rsidR="00707B5E" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>products</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B17C1D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> sourced under the standards set by the two major international Fair Trade systems: </w:t>
       </w:r>
       <w:hyperlink r:id="rId27" w:history="1">
-        <w:r w:rsidRPr="00B17C1D">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Fairtrade International</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B17C1D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> and the </w:t>
       </w:r>
       <w:hyperlink r:id="rId28" w:history="1">
-        <w:r w:rsidRPr="00B17C1D">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>World Fair Trade Organisation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00B17C1D">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> and carry the Fairtrade Mark or the World Fair Trade Organisation label.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A80442" w14:textId="77777777" w:rsidR="00F05BB0" w:rsidRDefault="00F05BB0" w:rsidP="00DB45F1">
-[...9 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:p w14:paraId="50A80442" w14:textId="77777777" w:rsidR="00F05BB0" w:rsidRPr="002470BF" w:rsidRDefault="00F05BB0" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="725A24C4" w14:textId="65BBF62B" w:rsidR="00DE19AA" w:rsidRPr="002470BF" w:rsidRDefault="00DE19AA" w:rsidP="002470BF">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Scottish Fair Trade have an </w:t>
       </w:r>
       <w:hyperlink r:id="rId29" w:history="1">
-        <w:r w:rsidRPr="02290214">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>e-learning module</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> to support understanding of Fair Trade for public sector workers</w:t>
       </w:r>
-      <w:r w:rsidR="4436DC74" w:rsidRPr="02290214">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="4436DC74" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F203774" w14:textId="77777777" w:rsidR="004233E7" w:rsidRDefault="004233E7" w:rsidP="00DB45F1">
-[...9 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="3F203774" w14:textId="77777777" w:rsidR="004233E7" w:rsidRPr="002470BF" w:rsidRDefault="004233E7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46F23A30" w14:textId="77777777" w:rsidR="00777288" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Human Trafficking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64130667" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="64130667" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">In 2015 the Scottish Parliament passed the </w:t>
       </w:r>
       <w:hyperlink r:id="rId30" w:history="1">
-        <w:r w:rsidRPr="00777288">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Human Trafficking and Exploitation (Scotland) Act 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, which sets out the legislative framework governing human trafficking in Scotland. Human trafficking is the buying and selling of people, adults and children, for the purposes of exploitation.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D59686" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="41D59686" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55AF0FCA" w14:textId="48E98664" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">It is a crime that can take many forms but trafficking for the purposes of labour exploitation is the single biggest type.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37FD95BF" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="37FD95BF" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1666804E" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="1666804E" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Labour exploitation relates to behaviour that goes beyond bad employment practices such as a failure to pay the minimum wage. It encompasses slavery, servitude and forced or compulsory labour. These terms are further explained </w:t>
       </w:r>
       <w:hyperlink r:id="rId31" w:history="1">
-        <w:r w:rsidRPr="00394E90">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>here</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7554E17C" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="7554E17C" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="258568DA" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="258568DA" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">The equivalent UK legislation is the Modern Slavery Act 2015, parts of which apply in Scotland, including </w:t>
       </w:r>
       <w:hyperlink r:id="rId32" w:history="1">
-        <w:r w:rsidRPr="00C66D86">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>section 54</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, provides that all commercial organisations with a turnover of £36 million or more must complete and publish a Slavery and Human Trafficking Statement. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42A0A035" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="42A0A035" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4C4D1626" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">This is to be done annually and is designed to achieve transparency in supply chains (TISC). The Scottish Government published a </w:t>
       </w:r>
       <w:hyperlink r:id="rId33" w:history="1">
-        <w:r w:rsidRPr="00C66D86">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Trafficking and Exploitation Strategy</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w14:paraId="59D01D80" w14:textId="77777777" w:rsidR="0020309F" w:rsidRDefault="006D5EE9" w:rsidP="0020309F">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in May 2017, which sets out the steps that the Scottish Government and partners will take to eliminate human trafficking and exploitation. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BD8612A" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59D01D80" w14:textId="77777777" w:rsidR="0020309F" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00B8674F">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Part of that will be to ensure that people and businesses are aware that what they do and what they buy can contribute to this crime. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04D35BBD" w14:textId="77777777" w:rsidR="0020309F" w:rsidRDefault="0020309F" w:rsidP="0020309F">
+    <w:p w14:paraId="04D35BBD" w14:textId="77777777" w:rsidR="0020309F" w:rsidRPr="002470BF" w:rsidRDefault="0020309F" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="07AF5983" w14:textId="40C1C28F" w:rsidR="00C75138" w:rsidRDefault="00C75138" w:rsidP="00C75138">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07AF5983" w14:textId="40C1C28F" w:rsidR="00C75138" w:rsidRPr="002470BF" w:rsidRDefault="00C75138" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Slavery and Human Trafficking </w:t>
       </w:r>
       <w:hyperlink r:id="rId34" w:history="1">
-        <w:r>
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Guidance for Businesses</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been produced to help businesses identify and prevent human trafficking and exploitation across their operations. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6451BCC4" w14:textId="2EC39CB9" w:rsidR="00406605" w:rsidRDefault="00406605" w:rsidP="00C75138">
+    <w:p w14:paraId="6451BCC4" w14:textId="2EC39CB9" w:rsidR="00406605" w:rsidRPr="002470BF" w:rsidRDefault="00406605" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FBAD8F5" w14:textId="10CF537A" w:rsidR="00406605" w:rsidRPr="002470BF" w:rsidRDefault="00406605" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">COSLA has produced </w:t>
       </w:r>
       <w:hyperlink r:id="rId35" w:history="1">
-        <w:r w:rsidRPr="00406605">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>guidance for all local authorities in Scotland</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
-[...21 lines deleted...]
-    <w:p w14:paraId="21601FCE" w14:textId="736CF228" w:rsidR="00406605" w:rsidRDefault="00406605" w:rsidP="00C75138">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on human trafficking and exploitation. This guidance is intended to develop good practice </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> identify, refer and support victims of human trafficking and exploitation, and disrupt and deter criminal activities. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21601FCE" w14:textId="736CF228" w:rsidR="00406605" w:rsidRPr="002470BF" w:rsidRDefault="00406605" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="16C7A2C5" w14:textId="68C669AA" w:rsidR="00406605" w:rsidRDefault="00406605" w:rsidP="00C75138">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16C7A2C5" w14:textId="68C669AA" w:rsidR="00406605" w:rsidRPr="002470BF" w:rsidRDefault="00406605" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">NHS Health Scotland has published </w:t>
       </w:r>
       <w:hyperlink r:id="rId36" w:history="1">
-        <w:r w:rsidRPr="00406605">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>guidance for NHS Scotland staff</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> on human trafficking. The guidance aims to help frontline health professionals spot the signs of human trafficking and what action to take if they have concerns.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43CA76A9" w14:textId="260E5FC5" w:rsidR="006D5EE9" w:rsidRPr="00B8674F" w:rsidRDefault="006D5EE9" w:rsidP="0020309F">
-[...7 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="43CA76A9" w14:textId="260E5FC5" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F575DE5" w14:textId="77777777" w:rsidR="00D71215" w:rsidRPr="002470BF" w:rsidRDefault="00D71215" w:rsidP="002470BF">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Preventing illegal working</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25B9E63F" w14:textId="77777777" w:rsidR="00D71215" w:rsidRPr="002470BF" w:rsidRDefault="00D71215" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Illegal working </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">leaves people vulnerable to abusive and exploitative working conditions, and in the most serious cases </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>human trafficking and exploitation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or modern slavery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C2C05F" w14:textId="77777777" w:rsidR="00D71215" w:rsidRPr="002470BF" w:rsidRDefault="00D71215" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="355AF346" w14:textId="77777777" w:rsidR="00D71215" w:rsidRPr="002470BF" w:rsidRDefault="00D71215" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>All employers have a responsibility to check that workers employed by them have a right to work in the UK. This applies to staff employed under a contract of employment, service or apprenticeship, and indirect employees for example, self-employed workers. Under the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId37" w:history="1">
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve">Immigration, </w:t>
+        </w:r>
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:lastRenderedPageBreak/>
+          <w:t>Asylum and Nationality Act 2006</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="3" w:name="_Hlk207114021"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an employer </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>can be served with a Civil Penalty Referral Notice if they are found to have employed illegal workers and failed to conduct relevant pre-employment checks. This could see them faced with the payment of a penalty of a specified amount</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>y carrying out right to work checks an employer can avoid liability for a civil penalty.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D339A72" w14:textId="77777777" w:rsidR="00D71215" w:rsidRPr="002470BF" w:rsidRDefault="00D71215" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FB8F556" w14:textId="77777777" w:rsidR="00D71215" w:rsidRPr="002470BF" w:rsidRDefault="00D71215" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>The law on preventing illegal working is set out in sections 15 to 25 of the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId38" w:history="1">
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Immigration, Asylum and Nationality Act 2006</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId39" w:history="1">
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve">section </w:t>
+        </w:r>
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>24B</w:t>
+        </w:r>
+        <w:proofErr w:type="spellEnd"/>
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> of the Immigration Act 1971</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, and </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId40" w:history="1">
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Schedule 6 of the Immigration Act 2016</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. The UK Government has published an </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId41" w:history="1">
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>Employer’s guide to right to work checks</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. This guidance encourages </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>employer’s</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to check that their contractors and labour providers carry out right to work checks on people they employ, engage or supply (or that they carry out these checks themselves).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AE505FB" w14:textId="77777777" w:rsidR="00AA4B87" w:rsidRPr="002470BF" w:rsidRDefault="00AA4B87" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5369F224" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Assessment of risk/opportunity</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34CD9645" w14:textId="57485BCD" w:rsidR="009417D1" w:rsidRDefault="002E746F" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="34CD9645" w14:textId="57485BCD" w:rsidR="009417D1" w:rsidRPr="002470BF" w:rsidRDefault="002E746F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">It is important that a </w:t>
       </w:r>
-      <w:r w:rsidR="00125D33">
+      <w:r w:rsidR="00125D33" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">buyer </w:t>
       </w:r>
-      <w:r w:rsidR="001841C9">
+      <w:r w:rsidR="001841C9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>carries out</w:t>
       </w:r>
-      <w:r w:rsidR="009417D1">
+      <w:r w:rsidR="009417D1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001841C9">
+      <w:r w:rsidR="001841C9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">an </w:t>
       </w:r>
-      <w:r w:rsidR="009417D1">
+      <w:r w:rsidR="009417D1" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>appropriate</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001841C9">
+      <w:r w:rsidR="001841C9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">level of </w:t>
       </w:r>
-      <w:r w:rsidR="00DD20E9">
+      <w:r w:rsidR="00DD20E9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">human rights </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">due diligence </w:t>
       </w:r>
-      <w:r w:rsidR="0049191A">
+      <w:r w:rsidR="0049191A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">early in the process </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">to establish if what they are buying </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0AAB">
+      <w:r w:rsidR="00FD0AAB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">raises </w:t>
       </w:r>
-      <w:r w:rsidR="00780DEE">
+      <w:r w:rsidR="00780DEE" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">any </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0AAB">
+      <w:r w:rsidR="00FD0AAB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">concern about </w:t>
       </w:r>
-      <w:r w:rsidR="00542C0D" w:rsidRPr="00542C0D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00542C0D" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>human rights</w:t>
       </w:r>
-      <w:r w:rsidR="00FD0AAB">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00FD0AAB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> and</w:t>
       </w:r>
-      <w:r w:rsidR="00542C0D">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidR="00542C0D" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
+        <w:t xml:space="preserve"> worker conditions / exploitation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00C03DF8" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00D649F2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>table on the front page of this guidance identifies indicators of risk / opportunity</w:t>
+      </w:r>
+      <w:r w:rsidR="00403547" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D649F2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00542C0D" w:rsidRPr="00542C0D">
-[...27 lines deleted...]
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="190BB344" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76A90A93" w14:textId="3F570120" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">A buyer should conduct their own research for </w:t>
       </w:r>
-      <w:r w:rsidR="000954EB">
+      <w:r w:rsidR="000954EB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>up-to-date</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> information on risks related to a particular commodity or service. This could include using the various sources of information available on-line, for example</w:t>
       </w:r>
-      <w:r w:rsidR="00403547" w:rsidRPr="00403547">
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00403547" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> see the sources of advice / reference below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E07AD80" w14:textId="77777777" w:rsidR="00A44796" w:rsidRDefault="00A44796" w:rsidP="00A44796">
-[...8 lines deleted...]
-    <w:p w14:paraId="48DE1E07" w14:textId="7B93047D" w:rsidR="00536187" w:rsidRPr="00A91D42" w:rsidRDefault="00536187" w:rsidP="00A91D42">
+    <w:p w14:paraId="4E07AD80" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48DE1E07" w14:textId="7B93047D" w:rsidR="00536187" w:rsidRPr="002470BF" w:rsidRDefault="00536187" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Check whether existing contractors are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="legds2"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
           <w:specVanish w:val="0"/>
         </w:rPr>
         <w:t>compliant</w:t>
       </w:r>
-      <w:r>
-[...9 lines deleted...]
-        <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId42" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Modern Slavery Act 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:color w:val="333333"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">, i.e. have they </w:t>
       </w:r>
-      <w:r>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">published a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="legds2"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
           <w:specVanish w:val="0"/>
         </w:rPr>
-        <w:t>slavery and human trafficking statement. Do these highlight any particular risks in their industry or sector</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D006E" w:rsidRPr="00A91D42">
+        <w:t xml:space="preserve">slavery and human trafficking statement. Do these highlight any </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="legds2"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
           <w:specVanish w:val="0"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A91D42">
+        <w:t>particular risks</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="legds2"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
           <w:specVanish w:val="0"/>
         </w:rPr>
-        <w:t>statements</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00A91D42">
+        <w:t xml:space="preserve"> in their industry or sector</w:t>
+      </w:r>
+      <w:r w:rsidR="008D006E" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="legds2"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
           <w:specVanish w:val="0"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Buyers can check for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rStyle w:val="legds2"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+          <w:specVanish w:val="0"/>
+        </w:rPr>
+        <w:t>statements</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on suppliers</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67CAC" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> websites</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rStyle w:val="legds2"/>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+          <w:specVanish w:val="0"/>
+        </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>via an online registry:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05EB475D" w14:textId="0C32D274" w:rsidR="00536187" w:rsidRDefault="00536187" w:rsidP="00A91D42">
+    <w:p w14:paraId="05EB475D" w14:textId="0C32D274" w:rsidR="00536187" w:rsidRPr="002470BF" w:rsidRDefault="00536187" w:rsidP="002470BF">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rStyle w:val="legds2"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId38" w:history="1">
-        <w:r w:rsidRPr="009C7776">
+      <w:hyperlink r:id="rId43" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-            <w:color w:val="000000" w:themeColor="dark1"/>
             <w:kern w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>TISC Report</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="009C7776">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39" w:history="1">
-        <w:r w:rsidRPr="009C7776">
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-            <w:color w:val="000000" w:themeColor="dark1"/>
             <w:kern w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>Modern Slavery Registry</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36A93138" w14:textId="77777777" w:rsidR="00536187" w:rsidRPr="00806D29" w:rsidRDefault="00536187" w:rsidP="00536187">
+    <w:p w14:paraId="36A93138" w14:textId="77777777" w:rsidR="00536187" w:rsidRPr="002470BF" w:rsidRDefault="00536187" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="1797EA55" w14:textId="30DF4511" w:rsidR="00A44796" w:rsidRPr="000D6173" w:rsidRDefault="00A44796" w:rsidP="000D6173">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1797EA55" w14:textId="30DF4511" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId40" w:history="1">
-        <w:r w:rsidRPr="000D6173">
+      <w:hyperlink r:id="rId45" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>CSR Risk Check</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000D6173">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> is an assessment tool that highlights risks for particular products and services</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6173">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, and its </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41" w:history="1">
-        <w:r w:rsidRPr="0026266C">
+      <w:hyperlink r:id="rId46" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
+            <w:color w:val="auto"/>
             <w:kern w:val="24"/>
-            <w:szCs w:val="24"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:eastAsia="en-GB"/>
           </w:rPr>
           <w:t>World Map</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000D6173">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> shows known risks in </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D6173">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>each country.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5517147D" w14:textId="372F101E" w:rsidR="000D6173" w:rsidRDefault="000D6173" w:rsidP="000D6173">
+    <w:p w14:paraId="5517147D" w14:textId="372F101E" w:rsidR="000D6173" w:rsidRPr="002470BF" w:rsidRDefault="000D6173" w:rsidP="002470BF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="238A2BD0" w14:textId="4E71EC57" w:rsidR="000D6173" w:rsidRPr="000D6173" w:rsidRDefault="000D6173" w:rsidP="000D6173">
+    <w:p w14:paraId="238A2BD0" w14:textId="4E71EC57" w:rsidR="000D6173" w:rsidRPr="002470BF" w:rsidRDefault="000D6173" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="1440"/>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:pos="2880"/>
           <w:tab w:val="left" w:pos="4680"/>
           <w:tab w:val="left" w:pos="5400"/>
           <w:tab w:val="right" w:pos="9000"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="dark1"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId42" w:history="1">
-        <w:r w:rsidRPr="000D6173">
+      <w:hyperlink r:id="rId47" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:cstheme="minorHAnsi"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Responsible Sourcing Tool</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000D6173">
-[...1 lines deleted...]
-          <w:rFonts w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> provides analysis of risk by sectors and geographies</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A0588C2" w14:textId="77777777" w:rsidR="00A44796" w:rsidRDefault="00A44796" w:rsidP="00A44796">
-[...9 lines deleted...]
-    <w:p w14:paraId="015C5811" w14:textId="7E3273D2" w:rsidR="00A44796" w:rsidRDefault="00A44796" w:rsidP="00A91D42">
+    <w:p w14:paraId="3A0588C2" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="015C5811" w14:textId="25706878" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00391EDC">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId48" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Global Slavery Index</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is a country by count</w:t>
       </w:r>
-      <w:r w:rsidR="00E67CAC">
+      <w:r w:rsidR="00E67CAC" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>r</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-    <w:p w14:paraId="1D51460B" w14:textId="551044CB" w:rsidR="00DD0FBF" w:rsidRPr="00A91D42" w:rsidRDefault="00DD0FBF" w:rsidP="00A91D42">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y estimate of the number of people living in modern slavery today, it provides a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">country or regional analysis of the size of the </w:t>
+      </w:r>
+      <w:r w:rsidR="002470BF" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>problem,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and the actions governments are taking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="313D7228" w14:textId="77777777" w:rsidR="00DD0FBF" w:rsidRPr="002470BF" w:rsidRDefault="00DD0FBF" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D51460B" w14:textId="551044CB" w:rsidR="00DD0FBF" w:rsidRPr="002470BF" w:rsidRDefault="00DD0FBF" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId44" w:history="1">
-        <w:r w:rsidRPr="00A91D42">
+      <w:hyperlink r:id="rId49" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Walk Free Foundation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">focusses on </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>global initiatives to drive change and build awareness around the complex and often hidden nature of modern slavery.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EAB32A1" w14:textId="6988F056" w:rsidR="00A44796" w:rsidRPr="000063B4" w:rsidRDefault="00A44796" w:rsidP="00A44796">
-[...8 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4EAB32A1" w14:textId="6988F056" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18C23C02" w14:textId="77777777" w:rsidR="00A44796" w:rsidRDefault="00A44796" w:rsidP="00A91D42">
+    <w:p w14:paraId="18C23C02" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:r w:rsidRPr="00A91D42">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId50" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
             <w:iCs/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Freedom in the World</w:t>
         </w:r>
-        <w:r w:rsidRPr="00FC0096">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
-          <w:t xml:space="preserve"> annual report</w:t>
+          <w:t xml:space="preserve"> annual repo</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidRPr="002470BF">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>t</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00FC0096">
-[...16 lines deleted...]
-    <w:p w14:paraId="7A63987D" w14:textId="1A165925" w:rsidR="00A44796" w:rsidRPr="00A91D42" w:rsidRDefault="00A44796" w:rsidP="00A91D42">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ranks countries political rights and civil liberties.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E84DEC8" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A63987D" w14:textId="1A165925" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-        <w:r w:rsidRPr="00A91D42">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId51" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:szCs w:val="24"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Transparency International Corruption Perception Index</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> highlights the progress countries are making in ending corruption.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59DDDABC" w14:textId="77777777" w:rsidR="00A44796" w:rsidRDefault="00A44796" w:rsidP="00A44796"/>
-    <w:p w14:paraId="3661DA66" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="00A91D42" w:rsidRDefault="00A44796" w:rsidP="00A91D42">
+    <w:p w14:paraId="59DDDABC" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3661DA66" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A91D42">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">An online tool </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
-        <w:r w:rsidRPr="00A91D42">
+      <w:hyperlink r:id="rId52" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Modern Slavery Map</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been created that can be searched b</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>y location, sector, issues and organisation type</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>for anti-human trafficking</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>nitiatives and projects.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="188E5FA6" w14:textId="77777777" w:rsidR="00A44796" w:rsidRDefault="00A44796" w:rsidP="00A44796">
+    <w:p w14:paraId="188E5FA6" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="4AEEE1C0" w14:textId="77777777" w:rsidR="00E104CD" w:rsidRPr="00A91D42" w:rsidRDefault="00E104CD" w:rsidP="00A91D42">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AEEE1C0" w14:textId="77777777" w:rsidR="00E104CD" w:rsidRPr="002470BF" w:rsidRDefault="00E104CD" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A91D42">
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="minorEastAsia" w:cs="Arial"/>
           <w:kern w:val="24"/>
-          <w:szCs w:val="32"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>ethical and sustainable procurement resources</w:t>
-[...12 lines deleted...]
-        <w:r w:rsidRPr="00A91D42">
+        <w:t xml:space="preserve">CIPS have a number of ethical and sustainable procurement resources including </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId53" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
-            <w:color w:val="002060"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>e-learning and an online test</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:color w:val="002060"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
+          <w:rFonts w:cs="Arial"/>
           <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>which addresses sustainable procurement.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2275DBC9" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="00345D1F" w:rsidRDefault="00A44796" w:rsidP="00A44796">
+    <w:p w14:paraId="2275DBC9" w14:textId="77777777" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="1E7D7235" w14:textId="2F7A3688" w:rsidR="00A44796" w:rsidRDefault="00A44796" w:rsidP="00A91D42">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E7D7235" w14:textId="2F7A3688" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00A91D42">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId54" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
             <w:spacing w:val="-2"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Sedex</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:color w:val="424243"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> have </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>a number of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relevant publications available including several briefings on modern day slavery, business ethics, and transparency.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E20DA46" w14:textId="1E7349B8" w:rsidR="00A44796" w:rsidRPr="002470BF" w:rsidRDefault="00A44796" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="051047CA" w14:textId="53A4C5CE" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00C77EF2" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00A44796" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>here a</w:t>
+      </w:r>
+      <w:r w:rsidR="005178BB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-[...17 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="005E59A3" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">also </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>various</w:t>
+      </w:r>
+      <w:r w:rsidR="005178BB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> industry initiatives </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="003E00AB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> campaigns </w:t>
+      </w:r>
+      <w:r w:rsidR="005178BB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to improve </w:t>
+      </w:r>
+      <w:r w:rsidR="003E00AB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>workers</w:t>
+      </w:r>
+      <w:r w:rsidR="00E67CAC" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="003E00AB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conditions and </w:t>
+      </w:r>
+      <w:r w:rsidR="003E00AB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:rPr>
+        <w:t>ensure that their fundamental rights are respected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50906ED2" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6824BC12" w14:textId="2723DE3B" w:rsidR="00C77EF2" w:rsidRPr="002470BF" w:rsidRDefault="005E59A3" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The information available </w:t>
+      </w:r>
+      <w:r w:rsidR="000773CE" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">these sources </w:t>
+      </w:r>
+      <w:r w:rsidR="000773CE" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve">can be used to </w:t>
+      </w:r>
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>help embed ethical standards into procurement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. For</w:t>
+      </w:r>
+      <w:r w:rsidR="004C2E86" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> example </w:t>
+      </w:r>
+      <w:r w:rsidR="004C2E86" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:iCs/>
-        </w:rPr>
-[...132 lines deleted...]
-        <w:r w:rsidR="004C2E86" w:rsidRPr="00511BA2">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId55" w:history="1">
+        <w:r w:rsidR="004C2E86" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Clean Clothes Campaign</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C77EF2">
-        <w:rPr>
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="004C2E86">
-        <w:rPr>
+      <w:r w:rsidR="004C2E86" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51" w:history="1">
-        <w:r w:rsidR="00345D1F" w:rsidRPr="00992DA7">
+      <w:hyperlink r:id="rId56" w:history="1">
+        <w:r w:rsidR="00345D1F" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t xml:space="preserve">Green Electronics </w:t>
         </w:r>
-        <w:r w:rsidR="006735B4" w:rsidRPr="00992DA7">
+        <w:r w:rsidR="006735B4" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Council</w:t>
         </w:r>
-        <w:r w:rsidR="00C77EF2" w:rsidRPr="00992DA7">
+        <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>,</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C77EF2">
-        <w:rPr>
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52" w:history="1">
-        <w:r w:rsidR="00C77EF2" w:rsidRPr="00670249">
+      <w:hyperlink r:id="rId57" w:history="1">
+        <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>International Labour Organisation (ILO)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C77EF2">
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53" w:history="1">
-        <w:r w:rsidR="00C77EF2" w:rsidRPr="00670249">
+      <w:hyperlink r:id="rId58" w:history="1">
+        <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Fairtrade Foundation</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C77EF2">
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54" w:history="1">
-        <w:r w:rsidR="00C77EF2" w:rsidRPr="00670249">
+      <w:hyperlink r:id="rId59" w:history="1">
+        <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Ethical Trading Initiative</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C77EF2">
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>, together with the criteria behind some of the certification labels</w:t>
       </w:r>
-      <w:r w:rsidR="00E00D69">
+      <w:r w:rsidR="00E00D69" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> available</w:t>
       </w:r>
-      <w:r w:rsidR="00C77EF2">
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55" w:history="1">
-        <w:r w:rsidR="00C77EF2" w:rsidRPr="00403547">
+      <w:hyperlink r:id="rId60" w:history="1">
+        <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Fairtrade</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C77EF2">
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00DE19AA">
+      <w:r w:rsidR="00DE19AA" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56" w:history="1">
-        <w:r w:rsidR="00DE19AA" w:rsidRPr="000F62D9">
+      <w:hyperlink r:id="rId61" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00DE19AA" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>WFTO</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00DE19AA">
+      <w:r w:rsidR="00DE19AA" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00C77EF2">
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57" w:history="1">
-        <w:r w:rsidR="00C77EF2" w:rsidRPr="006C5880">
+      <w:hyperlink r:id="rId62" w:history="1">
+        <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Ecolabel,</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00C77EF2">
+      <w:r w:rsidR="00C77EF2" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA485B0" w14:textId="77777777" w:rsidR="00C77EF2" w:rsidRDefault="00C77EF2" w:rsidP="002405F6"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="5053E4FA" w14:textId="41F2B1C4" w:rsidR="00FA16F4" w:rsidRDefault="00FA16F4" w:rsidP="002405F6">
+    <w:p w14:paraId="39D59863" w14:textId="77777777" w:rsidR="00D952F7" w:rsidRPr="002470BF" w:rsidRDefault="00D952F7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5053E4FA" w14:textId="41F2B1C4" w:rsidR="00FA16F4" w:rsidRPr="002470BF" w:rsidRDefault="00FA16F4" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_Toc187160930"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="4" w:name="_Toc187160930"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Commissioning and Pre-procurement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="3EA5C9C2" w14:textId="1BCD3D7F" w:rsidR="0056426B" w:rsidRPr="00A26DD5" w:rsidRDefault="0056426B" w:rsidP="0056426B">
+      <w:bookmarkEnd w:id="4"/>
+    </w:p>
+    <w:p w14:paraId="73067F72" w14:textId="77777777" w:rsidR="002405F6" w:rsidRPr="002470BF" w:rsidRDefault="002405F6" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EA5C9C2" w14:textId="1BCD3D7F" w:rsidR="0056426B" w:rsidRPr="002470BF" w:rsidRDefault="0056426B" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="005E7FF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">It is important that a buyer carries out an appropriate level of due diligence early in the process to </w:t>
       </w:r>
-      <w:r w:rsidRPr="005E7FF7">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>identify risks or opportunities associated with the products, services or works to be procured</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="005E7FF7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. All relevant internal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:bCs/>
-[...34 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>stakeholders should be involved in this early consideration, e.g. heads of service, budget holders, finance, specifiers, end users and others.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1899A4C2" w14:textId="77777777" w:rsidR="0056426B" w:rsidRPr="002470BF" w:rsidRDefault="0056426B" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Many sustainability benefits can be achieved through supplier engagement before the procurement process begins which is essential to allow the market to understand and prepare their response to tender requirements. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E085CF0" w14:textId="77777777" w:rsidR="00FA16F4" w:rsidRDefault="00FA16F4" w:rsidP="00536187">
+    <w:p w14:paraId="0E085CF0" w14:textId="77777777" w:rsidR="00FA16F4" w:rsidRPr="002470BF" w:rsidRDefault="00FA16F4" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="article-content-bold"/>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EE95649" w14:textId="4F3A6FC8" w:rsidR="00B00FC1" w:rsidRPr="000618FB" w:rsidRDefault="00B00FC1" w:rsidP="000618FB">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EE95649" w14:textId="4F3A6FC8" w:rsidR="00B00FC1" w:rsidRPr="002470BF" w:rsidRDefault="00B00FC1" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Toc187160931"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="5" w:name="_Toc187160931"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Procurement Guidance</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="61FA8034" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="00C77EF2" w:rsidRDefault="00B00FC1" w:rsidP="00536187">
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:p w14:paraId="61FA8034" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="002470BF" w:rsidRDefault="00B00FC1" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="article-content-bold"/>
         <w:spacing w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="66C9A410" w14:textId="787C9309" w:rsidR="006D5EE9" w:rsidRPr="00E12801" w:rsidRDefault="006D5EE9" w:rsidP="00E12801">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="66C9A410" w14:textId="787C9309" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="5" w:name="_Toc187160932"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="6" w:name="_Toc187160932"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pre-contract notification</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w14:paraId="3C2F083D" w14:textId="77777777" w:rsidR="00F4490F" w:rsidRPr="002470BF" w:rsidRDefault="00F4490F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01D47899" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">It is good practice to notify bidders of any particular contract performance requirements or any essential award criteria early in the process. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D8BDA14" w14:textId="35950966" w:rsidR="0078269D" w:rsidRPr="0078269D" w:rsidRDefault="006D5EE9" w:rsidP="0078269D">
+    <w:p w14:paraId="5D8BDA14" w14:textId="35950966" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0078269D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">This can be done by including details in the </w:t>
       </w:r>
-      <w:r w:rsidR="00954B5B" w:rsidRPr="0078269D">
+      <w:r w:rsidR="00954B5B" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="0078269D">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ontract </w:t>
       </w:r>
-      <w:r w:rsidR="00954B5B" w:rsidRPr="0078269D">
+      <w:r w:rsidR="00954B5B" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>N</w:t>
       </w:r>
-      <w:r w:rsidRPr="0078269D">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>otice</w:t>
       </w:r>
-      <w:r w:rsidR="00954B5B" w:rsidRPr="0078269D">
+      <w:r w:rsidR="00954B5B" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> or a Priory Information Notice,</w:t>
       </w:r>
-      <w:r w:rsidRPr="0078269D">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> so that they can take an early view on whether they can satisfy the requirements. These can be included at section V1.3 Additional Information</w:t>
       </w:r>
-      <w:r w:rsidR="00954B5B" w:rsidRPr="0078269D">
+      <w:r w:rsidR="00954B5B" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Contract Notice</w:t>
       </w:r>
-      <w:r w:rsidRPr="0078269D">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E667C54" w14:textId="77777777" w:rsidR="0078269D" w:rsidRDefault="0078269D" w:rsidP="0078269D">
+    <w:p w14:paraId="2E667C54" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0078269D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The Annex includes examples of wording that may be used for this purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EE8FC65" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="0078269D" w:rsidRDefault="0078269D" w:rsidP="0078269D">
+    <w:p w14:paraId="7EE8FC65" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="51F27125" w14:textId="0C1CDB9E" w:rsidR="006D5EE9" w:rsidRPr="00E12801" w:rsidRDefault="006D5EE9" w:rsidP="00E12801">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51F27125" w14:textId="0C1CDB9E" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="6" w:name="_Toc187160933"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="7" w:name="_Toc187160933"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Supplier selection</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="7"/>
+    </w:p>
+    <w:p w14:paraId="4A21ED1A" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47F0D810" w14:textId="7D9DA909" w:rsidR="00E12801" w:rsidRPr="002470BF" w:rsidRDefault="00954B5B" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00767E5D">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Exclusion grounds</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CEB6E3C" w14:textId="12C8B767" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="0052352B">
-      <w:r>
+    <w:p w14:paraId="5CEB6E3C" w14:textId="12C8B767" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">A contracting authority can exclude a bidder from tendering for public contracts where they fall within a ground for exclusion, for example Child labour and other forms of trafficking in human beings; any offence under Part 1 of the Human Trafficking and Exploitation (Scotland) Act 2015, or under any provision referred to in the Schedule to that Act. And breach of any obligations in the fields of environmental, social or labour law. These obligations include any relevant national and European law, as well as relevant collective agreements and specific international agreements, and for example would include obligations under the Modern Slavery Act. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EF0CCD0" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="4EF0CCD0" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0084F5CC" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="0084F5CC" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Where a contracting authority decides that there may be a risk of exclusion grounds applying to a sub-contractor, they can choose to verify this at any stage in the procurement process. This can be an effective way to help ensure a robust approach is taken throughout the supply chain. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="444D23EC" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="444D23EC" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06EE1950" w14:textId="5C010440" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">A contracting authority should only ask for verification of exclusion grounds from sub-contractors in circumstances where it is regarded as proportionate and necessary to do so. A full list of the exclusion grounds can be found in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58" w:history="1">
-        <w:r w:rsidRPr="00096620">
+      <w:hyperlink r:id="rId63" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Procurement Journey</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="774DCC0E" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="774DCC0E" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19BBA144" w14:textId="3EBF5823" w:rsidR="00A91D42" w:rsidRDefault="00DE08B5" w:rsidP="00A91D42">
-      <w:r>
+    <w:p w14:paraId="19BBA144" w14:textId="3EBF5823" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00DE08B5" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">It is mandatory that the relevant exclusion grounds statement from the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59" w:history="1">
-        <w:r w:rsidRPr="00096620">
+      <w:hyperlink r:id="rId64" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>standardised statement document</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> is included in the Contract Notice at II.2.14 Additional Information. </w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>A contracting authority can provide more information about specific exclusion grounds in Section II.2.14 Additional information of the OJEU Contract Notice.</w:t>
       </w:r>
-      <w:r w:rsidR="007E6C78">
+      <w:r w:rsidR="007E6C78" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0054430F">
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>For example, i</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
-[...5 lines deleted...]
-      <w:r w:rsidR="007E6C78">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>t is possible to clarify what bidders should consider when responding to the questions in respect of environmental, social or labour law</w:t>
+      </w:r>
+      <w:r w:rsidR="007E6C78" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EE768E0" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="00A91D42" w:rsidRDefault="00A91D42" w:rsidP="00A91D42">
+    <w:p w14:paraId="2EE768E0" w14:textId="77777777" w:rsidR="00A91D42" w:rsidRPr="002470BF" w:rsidRDefault="00A91D42" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="145139C9" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">If a bidder is in a situation which might result in its exclusion due to breach of any of the exclusion grounds, it must be given the opportunity to provide evidence to show that it has taken remedial action to demonstrate its reliability, this is known as self-cleansing. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="492D485B" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRDefault="009F19B7" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="492D485B" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="009F19B7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B608E1" w14:textId="0B2297FC" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">The contracting authority must not exclude the bidder on those grounds if they are satisfied that the evidence provided is sufficient to demonstrate their reliability. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="447D4BF5" w14:textId="77777777" w:rsidR="00954B5B" w:rsidRDefault="00954B5B" w:rsidP="006D5EE9"/>
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="447D4BF5" w14:textId="77777777" w:rsidR="00954B5B" w:rsidRPr="002470BF" w:rsidRDefault="00954B5B" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49E19472" w14:textId="00AE9456" w:rsidR="00954B5B" w:rsidRPr="002470BF" w:rsidRDefault="00954B5B" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E12801">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Selection criteria</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF705B0" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="7EF705B0" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Selection criteria that contracting authorities apply to individual procurement processes must be relevant and proportionate to the subject matter of the contract. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17082913" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRDefault="009F19B7" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="17082913" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="009F19B7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="478F8496" w14:textId="65A21B8F" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">It is possible that selection criteria may address social issues within supply chains - for example </w:t>
       </w:r>
-      <w:r w:rsidR="009728C3">
+      <w:r w:rsidR="009728C3" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>by applying relevant criteria in respect of t</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>he technical and professional ability of those involved in the performance of the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67DE519F" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="67DE519F" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D480CB" w14:textId="5F1F4503" w:rsidR="009F19B7" w:rsidRDefault="006D5EE9" w:rsidP="00767E5D">
-      <w:r>
+    <w:p w14:paraId="71D480CB" w14:textId="5F1F4503" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Any selection criteria deemed appropriate must be tested through the format of the Single Procurement Document (SPD). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA775A6" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRDefault="009F19B7" w:rsidP="00767E5D"/>
-[...14 lines deleted...]
-      <w:r w:rsidR="001308EB" w:rsidRPr="009F19B7">
+    <w:p w14:paraId="2EA775A6" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="009F19B7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79B08C45" w14:textId="41D1393B" w:rsidR="009728C3" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>For example, it may be appropriate to require bidders to demonstrate their experience of managing their supply chain as a means of determining their ability to tackle ethical and social issues. This could be worked into the experience related sections of the SPD parts 4C.1 and 4C.1.2</w:t>
+      </w:r>
+      <w:r w:rsidR="001308EB" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F19B7">
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002E44C5" w:rsidRPr="009F19B7">
-[...15 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="002E44C5" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>or part 4C.4 S</w:t>
+      </w:r>
+      <w:r w:rsidR="002A29BC" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>upply chain management</w:t>
       </w:r>
-      <w:r w:rsidR="0054430F">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="009F19B7" w:rsidRPr="009F19B7">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="009F19B7" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31D973E2" w14:textId="77777777" w:rsidR="002E44C5" w:rsidRDefault="002E44C5" w:rsidP="002E44C5"/>
-    <w:p w14:paraId="58B3CD2B" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="00FF67C9">
+    <w:p w14:paraId="31D973E2" w14:textId="77777777" w:rsidR="002E44C5" w:rsidRPr="002470BF" w:rsidRDefault="002E44C5" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58B3CD2B" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0078269D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>The </w:t>
       </w:r>
-      <w:bookmarkStart w:id="7" w:name="AnnexSupplierselection"/>
-      <w:r w:rsidRPr="0078269D">
+      <w:bookmarkStart w:id="8" w:name="AnnexSupplierselection"/>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Annex </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="7"/>
-      <w:r w:rsidRPr="0078269D">
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>includes examples of wording that may be used for this purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08734145" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="002E44C5"/>
-    <w:p w14:paraId="390CE667" w14:textId="128D6800" w:rsidR="006D5EE9" w:rsidRPr="00E12801" w:rsidRDefault="009F19B7" w:rsidP="00E12801">
+    <w:p w14:paraId="08734145" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="390CE667" w14:textId="128D6800" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="009F19B7" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="8" w:name="_Toc187160934"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="9" w:name="_Toc187160934"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Specification</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="8"/>
-[...3 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="9"/>
+    </w:p>
+    <w:p w14:paraId="153EA760" w14:textId="77777777" w:rsidR="00F4490F" w:rsidRPr="002470BF" w:rsidRDefault="00F4490F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D2A18F8" w14:textId="5FE90B52" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Sustainable requirements </w:t>
       </w:r>
-      <w:r w:rsidR="000D0C33">
+      <w:r w:rsidR="000D0C33" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">should </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">be incorporated into technical specifications, award criteria or contract conditions; however, the </w:t>
       </w:r>
-      <w:r w:rsidR="00E67CAC">
+      <w:r w:rsidR="00E67CAC" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">principles </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">of equal treatment, non-discrimination, transparency and proportionality are essential and require clarity and precision. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A14172F" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRDefault="009F19B7" w:rsidP="0054430F"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5A14172F" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="009F19B7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59833BB3" w14:textId="3E1E5155" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">pecifications </w:t>
       </w:r>
-      <w:r w:rsidR="009728C3">
+      <w:r w:rsidR="009728C3" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> relate to</w:t>
       </w:r>
-      <w:r w:rsidR="009728C3">
+      <w:r w:rsidR="009728C3" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> the</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
-[...4 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> characteristics of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>particular work</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, supply or service being purchased, and not to the general capacities or qualities of the bidder.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A9619D9" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19ADAE1A" w14:textId="0CC9CE65" w:rsidR="00B727E5" w:rsidRPr="00A877F4" w:rsidRDefault="00B727E5" w:rsidP="00B727E5">
+    <w:p w14:paraId="19ADAE1A" w14:textId="0CC9CE65" w:rsidR="00B727E5" w:rsidRPr="002470BF" w:rsidRDefault="00B727E5" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A877F4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00A877F4">
+      <w:hyperlink r:id="rId65" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-            <w:color w:val="347AB7"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Government Buying Standards</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00A877F4">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (GBS) are a set of product specifications for public buyers when buying goods and services. </w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="00A877F4">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00A877F4">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The GBS for food and catering services includes a requirement for </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>fairly traded</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> products and the standard for textiles goes further to include demonstration of suppliers addressing ethical and social issues such as living wage provision, avoidance of child labour, application of fair trade principles and adequate working conditions.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A877F4" w:rsidRPr="00A877F4">
+      <w:r w:rsidR="00A877F4" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">It should be noted that at the time of publication the </w:t>
       </w:r>
-      <w:r w:rsidR="00A877F4" w:rsidRPr="00A877F4">
+      <w:r w:rsidR="00A877F4" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Department for Environment, Food &amp; Rural Affairs</w:t>
       </w:r>
-      <w:r w:rsidR="00A877F4" w:rsidRPr="00A877F4">
+      <w:r w:rsidR="00A877F4" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> (DEFRA) are in the process of updating the GBS.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A877F4">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75FC3529" w14:textId="77777777" w:rsidR="00B727E5" w:rsidRPr="00DD73B4" w:rsidRDefault="00B727E5" w:rsidP="00B727E5">
+    <w:p w14:paraId="75FC3529" w14:textId="77777777" w:rsidR="00B727E5" w:rsidRPr="002470BF" w:rsidRDefault="00B727E5" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-        <w:r w:rsidRPr="00316593">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33D4FA53" w14:textId="2F8A44A1" w:rsidR="00B727E5" w:rsidRPr="002470BF" w:rsidRDefault="00B727E5" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId66" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Building Standards</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> apply for construction related procurement</w:t>
       </w:r>
-      <w:r w:rsidR="000D0C33">
+      <w:r w:rsidR="000D0C33" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31FBBDAE" w14:textId="77777777" w:rsidR="00B727E5" w:rsidRDefault="00B727E5" w:rsidP="006D5EE9"/>
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="31FBBDAE" w14:textId="77777777" w:rsidR="00B727E5" w:rsidRPr="002470BF" w:rsidRDefault="00B727E5" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62E5BB0D" w14:textId="7C19B2F0" w:rsidR="00890DAD" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E12801">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Use of </w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="00E12801">
-        <w:rPr>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Labels </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5073496A" w14:textId="75E179E4" w:rsidR="000D0C33" w:rsidRPr="00984EF1" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="5073496A" w14:textId="75E179E4" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000D0C33">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">Labels can </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00984EF1">
+        <w:t>Labels can be used as evidence of meeting specific environmental, social or other criteria</w:t>
+      </w:r>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="00984EF1">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, for example</w:t>
+      </w:r>
+      <w:r w:rsidR="000F316D" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62" w:history="1">
-        <w:r w:rsidR="000F316D" w:rsidRPr="006C247C">
+      <w:hyperlink r:id="rId67" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="000F316D" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>SA8000</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="00984EF1" w:rsidRPr="006C247C">
+      <w:r w:rsidR="00984EF1" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00984EF1" w:rsidRPr="00984EF1">
+      <w:r w:rsidR="00984EF1" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63" w:history="1">
-        <w:r w:rsidR="006D5EE9" w:rsidRPr="008211C0">
+      <w:hyperlink r:id="rId68" w:history="1">
+        <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Fairtrade</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00984EF1" w:rsidRPr="006C247C">
-[...5 lines deleted...]
-      <w:r w:rsidR="00984EF1" w:rsidRPr="008211C0">
+      <w:r w:rsidR="00984EF1" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...3 lines deleted...]
-        <w:r w:rsidR="00984EF1" w:rsidRPr="008211C0">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId69" w:history="1">
+        <w:proofErr w:type="spellStart"/>
+        <w:r w:rsidR="00984EF1" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>WFTO</w:t>
         </w:r>
+        <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="008211C0">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="006D5EE9" w:rsidRPr="00984EF1">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Equivalent evidence of meeting these criteria must also be accepted.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D48BE7C" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRDefault="009F19B7" w:rsidP="00767E5D"/>
-    <w:p w14:paraId="531BEFBE" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="4D48BE7C" w14:textId="77777777" w:rsidR="009F19B7" w:rsidRPr="002470BF" w:rsidRDefault="009F19B7" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="531BEFBE" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000D0C33">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">Labels are a specific term and how they should be used is set out in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65" w:tgtFrame="_blank" w:history="1">
-        <w:r w:rsidRPr="00767E5D">
+      <w:hyperlink r:id="rId70" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Regulation 44 of the Public Contracts (Scotland) Regulations 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000D0C33">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7603C170" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="009F19B7">
+    <w:p w14:paraId="7603C170" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:after="120"/>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="6D32BBB1" w14:textId="2C833CA3" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="009F19B7">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D32BBB1" w14:textId="2C833CA3" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:after="120"/>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>The use of labels needs to be approached with care</w:t>
       </w:r>
-      <w:r w:rsidR="000D0C33">
+      <w:r w:rsidR="000D0C33" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>. A</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> label</w:t>
       </w:r>
-      <w:r w:rsidR="000D0C33">
+      <w:r w:rsidR="000D0C33" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">must be: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E575E80" w14:textId="77777777" w:rsidR="00890DAD" w:rsidRDefault="006D5EE9" w:rsidP="00890DAD">
+    <w:p w14:paraId="4E575E80" w14:textId="77777777" w:rsidR="00890DAD" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="08D12F3E" w14:textId="41B9FE4D" w:rsidR="00890DAD" w:rsidRDefault="006D5EE9" w:rsidP="00890DAD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Linked to the subject of the contract (and all criteria must be relevant</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08D12F3E" w14:textId="41B9FE4D" w:rsidR="00890DAD" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="5C0E0FB9" w14:textId="77777777" w:rsidR="00890DAD" w:rsidRDefault="006D5EE9" w:rsidP="00890DAD">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clear to judge in an open and fair </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>way;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C0E0FB9" w14:textId="77777777" w:rsidR="00890DAD" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="227E20DF" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="00767E5D">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Open to anyone who meets the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>standards;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="227E20DF" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Certified by a third party. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2958B022" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
+    <w:p w14:paraId="2958B022" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F9AB3AA" w14:textId="538A8B29" w:rsidR="000D0C33" w:rsidRPr="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="0F9AB3AA" w14:textId="538A8B29" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00062C34">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">While a public body can ask for what they are buying to have an independently verifiable label which certifies that it meets specific environmental, social, or other characteristics, a particular label should only be requested where all of its </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000D0C33">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">While a public body can ask for what they are buying to have an independently verifiable label which certifies that it meets specific environmental, social, or other characteristics, a particular label should only be requested where </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">certification characteristics correspond to a procurement. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000D0C33">
+        <w:t>all of</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00767E5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> its certification characteristics correspond to a procurement. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>The Annex</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D0C33">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>includes model wording that may be used for this purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FF8E26D" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="1FF8E26D" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B442577" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-[...7 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0B442577" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A buyer could also just use the criteria behind labels to help draw up contract conditions </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> define the conditions in which the products originate, and then for checking compliance with these requirements, by accepting the label as a means of proof of compliance with the technical specifications. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="407803F8" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRPr="002470BF" w:rsidRDefault="00BC7799" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A134099" w14:textId="43A42A65" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">The European Commission published a fully revised version of the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66" w:history="1">
-        <w:r w:rsidRPr="003D6799">
+      <w:hyperlink r:id="rId71" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Buying Green Handbook in</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> April 2016 which contains further guidance on using labels. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FA1EE9F" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9">
-      <w:r>
+    <w:p w14:paraId="3FA1EE9F" w14:textId="77777777" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39A9B46C" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="00FF67C9">
+    <w:p w14:paraId="39A9B46C" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0078269D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The Annex includes examples of wording that may be used for this purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78C7C0FB" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="006D5EE9"/>
-    <w:p w14:paraId="3B516C0F" w14:textId="5B0751D1" w:rsidR="00834B60" w:rsidRPr="00E12801" w:rsidRDefault="00FF67C9" w:rsidP="00E12801">
+    <w:p w14:paraId="78C7C0FB" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B516C0F" w14:textId="5B0751D1" w:rsidR="00834B60" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="9" w:name="_Toc187160935"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="10" w:name="_Toc187160935"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Evaluation and </w:t>
       </w:r>
-      <w:r w:rsidR="00BC7799" w:rsidRPr="00E12801">
-        <w:rPr>
+      <w:r w:rsidR="00BC7799" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Award</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="10"/>
+    </w:p>
+    <w:p w14:paraId="0F8F7444" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="5492D796" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="0028070C" w:rsidRDefault="00FF67C9" w:rsidP="00FF67C9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5492D796" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0028070C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The scoring methodology, weightings and contract award criteria must be clearly defined in the procurement documents to ensure transparency of the process and a common understanding by all bidders of how tender responses will be evaluated and scored. They must be proportionate to the </w:t>
       </w:r>
-      <w:r w:rsidRPr="0028070C">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>works, supplies or services that are the subject-matter of the contract.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20656E82" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="00FF67C9">
+    <w:p w14:paraId="20656E82" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="6E4D42F9" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="00FF67C9">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E4D42F9" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0028070C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Criteria must </w:t>
       </w:r>
-      <w:r w:rsidRPr="0028070C">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>allow objective comparison of tenders and not discriminate against or favour potential contractors. There </w:t>
       </w:r>
-      <w:r w:rsidRPr="0028070C">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>must be a clear methodology to evaluate responses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F8A6E30" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="00FF67C9">
+    <w:p w14:paraId="2F8A6E30" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="380F6606" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="00853C7A" w:rsidRDefault="00853C7A" w:rsidP="00767E5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="380F6606" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="002470BF" w:rsidRDefault="00853C7A" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853C7A">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="Strong"/>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:color w:val="auto"/>
           <w:spacing w:val="5"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Abnormally low bids</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C9B717" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="00853C7A" w:rsidRDefault="00853C7A" w:rsidP="00853C7A">
+    <w:p w14:paraId="41C9B717" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="002470BF" w:rsidRDefault="00853C7A" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00853C7A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId72" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Regulation 19(4) of PC(S)R 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00853C7A">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> places a legal obligation on a public body to include relevant clauses in their contracts to ensure those they contract with comply with environmental, social and employment law obligations.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7281CF0F" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="00853C7A" w:rsidRDefault="00853C7A" w:rsidP="00853C7A">
+    <w:p w14:paraId="7281CF0F" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="002470BF" w:rsidRDefault="00853C7A" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00853C7A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId73" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Regulation 57(2) of PC(S)R 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00853C7A">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> allows a public body to reject bids that do not comply with applicable obligations in the fields of environmental, social, and labour law established by national law, collective agreements or by the international environmental, social, and labour laws.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F16D41" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="00853C7A" w:rsidRDefault="00853C7A" w:rsidP="00853C7A">
+    <w:p w14:paraId="78F16D41" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="002470BF" w:rsidRDefault="00853C7A" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="150" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00853C7A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId74" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>Regulation 69(5)</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00853C7A">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> of PC(S)R 2015 places a legal obligation on a public body to reject bids that have been found to be abnormally low because they do not comply with applicable obligations in environmental, social, or labour law.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60F94BB9" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="00853C7A" w:rsidRDefault="00853C7A" w:rsidP="00853C7A">
+    <w:p w14:paraId="60F94BB9" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="002470BF" w:rsidRDefault="00853C7A" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00853C7A">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Where a bid appears to be abnormally low, a public body must require the bidder to explain its pricing. This can include an explanation of how the bid will maintain compliance with relevant environmental, social and employment laws. The bid must be rejected if it is established that it is abnormally low because it does not comply with relevant environmental, social and employment law including collective agreements (regulation 69(5) of the PC(S)R 2015).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="204A97EE" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="00853C7A" w:rsidRDefault="00853C7A" w:rsidP="000B02E6">
-[...6 lines deleted...]
-    <w:p w14:paraId="7898AC47" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="00FF67C9">
+    <w:p w14:paraId="204A97EE" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="002470BF" w:rsidRDefault="00853C7A" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7898AC47" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0078269D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="333333"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The Annex includes examples of wording that may be used for this purpose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E5A8283" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRDefault="00BC7799" w:rsidP="006D5EE9"/>
-[...2 lines deleted...]
-        <w:r w:rsidRPr="00890DAD">
+    <w:p w14:paraId="1E5A8283" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRPr="002470BF" w:rsidRDefault="00BC7799" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75B06B80" w14:textId="114D8F98" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId75" w:history="1">
+        <w:r w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
           </w:rPr>
           <w:t>Supporting guidance</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> has been issued, which includes contract conditions that contracting authorities can adapt for use in their contracts. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="678A6FF1" w14:textId="44F55375" w:rsidR="00BC7799" w:rsidRPr="00BC7799" w:rsidRDefault="00BC7799" w:rsidP="006D5EE9">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="678A6FF1" w14:textId="44F55375" w:rsidR="00BC7799" w:rsidRPr="002470BF" w:rsidRDefault="00BC7799" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="526C1296" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="002470BF" w:rsidRDefault="00853C7A" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Post Procurement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CF145E1" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRDefault="00853C7A" w:rsidP="006D5EE9">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7CF145E1" w14:textId="77777777" w:rsidR="00853C7A" w:rsidRPr="002470BF" w:rsidRDefault="00853C7A" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="3715D0D0" w14:textId="4350C0BD" w:rsidR="006D5EE9" w:rsidRPr="00E12801" w:rsidRDefault="006D5EE9" w:rsidP="00E12801">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3715D0D0" w14:textId="4350C0BD" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="10" w:name="_Toc187160936"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="11" w:name="_Toc187160936"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Contract </w:t>
       </w:r>
-      <w:r w:rsidR="00853C7A" w:rsidRPr="00E12801">
-        <w:rPr>
+      <w:r w:rsidR="00853C7A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>and Supplier M</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E12801">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>anagement</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="10"/>
-[...3 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="11"/>
+    </w:p>
+    <w:p w14:paraId="49BE22E1" w14:textId="77777777" w:rsidR="00F4490F" w:rsidRPr="002470BF" w:rsidRDefault="00F4490F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="404F31DA" w14:textId="77777777" w:rsidR="0056426B" w:rsidRPr="002470BF" w:rsidRDefault="0056426B" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">The approach taken to working with supply chains can make a difference. For example, upon discovering potential issues with child exploitation, rather than prohibit procurement (and thereby potentially increase poverty), it can be better to work with the supplier to improve conditions and introduce social benefit (such as education and health care) for current employees whilst seeking to eliminate the need for child labour. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A46A495" w14:textId="77777777" w:rsidR="0056426B" w:rsidRDefault="0056426B" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A46A495" w14:textId="77777777" w:rsidR="0056426B" w:rsidRPr="002470BF" w:rsidRDefault="0056426B" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5AF889C9" w14:textId="785EDCB9" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Contract performance clauses may address s</w:t>
       </w:r>
-      <w:r w:rsidR="00E77C2A">
+      <w:r w:rsidR="00E77C2A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>ustainable</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> issues within supply chains on condition that they are linked to the performance of the contract</w:t>
       </w:r>
-      <w:r w:rsidR="00155EAD">
+      <w:r w:rsidR="00155EAD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> for example the pay and labour conditions for the workforce involved in the performance of the contract. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D11D5E" w14:textId="77777777" w:rsidR="0056426B" w:rsidRDefault="0056426B" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="78D11D5E" w14:textId="77777777" w:rsidR="0056426B" w:rsidRPr="002470BF" w:rsidRDefault="0056426B" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D193415" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Where </w:t>
       </w:r>
-      <w:r w:rsidR="00E77C2A">
-[...10 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00E77C2A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">clauses in respect of supply chain conditions and worker exploitation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>have been built into the contract, performance monitoring</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77C2A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> methods</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> must be developed to ensure delivery. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51E78DE4" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRPr="002470BF" w:rsidRDefault="00BC7799" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F85C8B0" w14:textId="2F0A94B3" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This may include </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77C2A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a requirement to provide details of </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the supply chain and any changes to this, audits undertaken on supplier sites by the main </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>supplier</w:t>
+      </w:r>
+      <w:r w:rsidR="0007350C" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and review </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13418" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">of </w:t>
+      </w:r>
+      <w:r w:rsidR="006B4219" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>suppliers</w:t>
+      </w:r>
+      <w:r w:rsidR="003960A5" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="006B4219" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...73 lines deleted...]
-      <w:r w:rsidR="0007350C" w:rsidRPr="0007350C">
+      <w:r w:rsidR="0007350C" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="legds2"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
           <w:specVanish w:val="0"/>
         </w:rPr>
         <w:t>slavery and human trafficking statement</w:t>
       </w:r>
-      <w:r w:rsidR="00E13418">
+      <w:r w:rsidR="00E13418" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rStyle w:val="legds2"/>
           <w:rFonts w:cs="Arial"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
           <w:specVanish w:val="0"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="0007350C" w:rsidRPr="0007350C">
-[...13 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0007350C" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> published as a requirement (where applicable) </w:t>
+      </w:r>
+      <w:r w:rsidR="00E13418" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="0007350C">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="0007350C" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71" w:history="1">
-        <w:r w:rsidR="0007350C" w:rsidRPr="0007350C">
+      <w:hyperlink r:id="rId76" w:history="1">
+        <w:r w:rsidR="0007350C" w:rsidRPr="002470BF">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cs="Arial"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
             <w:lang w:val="en"/>
           </w:rPr>
           <w:t>Modern Slavery Act 2015</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00155EAD">
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00155EAD" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A710F2F" w14:textId="1AF0FB16" w:rsidR="006D5EE9" w:rsidRDefault="006D5EE9" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="4A710F2F" w14:textId="1AF0FB16" w:rsidR="006D5EE9" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F7CA68" w14:textId="30366164" w:rsidR="00E77C2A" w:rsidRPr="002470BF" w:rsidRDefault="00E77C2A" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>ontractual requirement</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> must be quantifiable and </w:t>
       </w:r>
-      <w:r w:rsidR="00E12801">
+      <w:r w:rsidR="00E12801" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>measurable</w:t>
       </w:r>
-      <w:r w:rsidR="006D5EE9">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>otherwise</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006D5EE9" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> there is a risk that it may be unenforceable. The buyer must also consider whether this requirement is core to the contract or a secondary issue, as any remedy for breach of performance may be difficult to quantify. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54FEA94A" w14:textId="77777777" w:rsidR="00F3575F" w:rsidRPr="002470BF" w:rsidRDefault="00F3575F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68E29F96" w14:textId="219765D0" w:rsidR="00F3575F" w:rsidRPr="002470BF" w:rsidRDefault="00F3575F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">At </w:t>
       </w:r>
-      <w:r w:rsidR="00853C7A">
+      <w:r w:rsidR="00853C7A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>contract</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> award there is always </w:t>
       </w:r>
-      <w:r w:rsidR="00853C7A">
+      <w:r w:rsidR="00853C7A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">the opportunity </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">to reach a voluntary agreement with the supplier that </w:t>
       </w:r>
-      <w:r w:rsidR="00853C7A">
+      <w:r w:rsidR="00853C7A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>they</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> will work </w:t>
       </w:r>
-      <w:r w:rsidR="00853C7A">
+      <w:r w:rsidR="00853C7A" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>with you</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> through the period of the contract with the aim of improving working conditions and labour standards, and to deliver identified (and agreed) sustainable outcomes that can be captured as contract commitments</w:t>
       </w:r>
-      <w:r w:rsidR="0065042B">
+      <w:r w:rsidR="0065042B" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F07AE5" w14:textId="77777777" w:rsidR="00F3575F" w:rsidRDefault="00F3575F" w:rsidP="006D5EE9"/>
-[...1 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="72F07AE5" w14:textId="77777777" w:rsidR="00F3575F" w:rsidRPr="002470BF" w:rsidRDefault="00F3575F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="683FEE3B" w14:textId="593084CE" w:rsidR="0056397A" w:rsidRPr="002470BF" w:rsidRDefault="006D5EE9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Embedding sustainability into procurement can </w:t>
       </w:r>
-      <w:r w:rsidR="0056426B">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="0056426B" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be achieved </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0056426B" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>as long as</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0056426B" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the requirements of an individual procurement reflect </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>the objectives of the organisation as set out in relevant policies and / or strategies.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A555DEA" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRDefault="00BC7799" w:rsidP="006D5EE9"/>
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="6A555DEA" w14:textId="77777777" w:rsidR="00BC7799" w:rsidRPr="002470BF" w:rsidRDefault="00BC7799" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B470AFD" w14:textId="76CF3E33" w:rsidR="00F33308" w:rsidRPr="002470BF" w:rsidRDefault="00F33308" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finally, on-going improvement and innovation can be built into the management of the contract to further develop the products and services required by the contracting organisation and key performance indicators can be developed </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in order to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> focus on areas where continuous improvement is sought.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33779396" w14:textId="6343321D" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54ED15A6" w14:textId="10034407" w:rsidR="0078269D" w:rsidRPr="00E12801" w:rsidRDefault="0078269D" w:rsidP="00E12801">
+    <w:p w14:paraId="54ED15A6" w14:textId="10034407" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Toc187160937"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="12" w:name="_Toc187160937"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Annex – Example procurement clauses and KPIs</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...3 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w14:paraId="4A23EC92" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A540EAC" w14:textId="51DA8340" w:rsidR="0078269D" w:rsidRPr="00E12801" w:rsidRDefault="0078269D" w:rsidP="00E12801">
+    <w:p w14:paraId="2A540EAC" w14:textId="51DA8340" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="12" w:name="_Toc187160938"/>
-[...2 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="13" w:name="_Toc187160938"/>
+      <w:bookmarkStart w:id="14" w:name="AnnexPrecontractNotification"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Pre-contract Notification</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00A91D42">
+      <w:bookmarkEnd w:id="13"/>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="3BE9763F" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">‘The Contracting Authority has included obligations within the contract conditions relating to ethical working conditions and labour standards, which are relevant to the products/services to be delivered.’ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="066A219D" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="00A91D42" w:rsidRDefault="0078269D" w:rsidP="0078269D">
-      <w:r w:rsidRPr="00A91D42">
+    <w:p w14:paraId="066A219D" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30983C88" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="00A91D42" w:rsidRDefault="0078269D" w:rsidP="0078269D">
-[...24 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="30983C88" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘The Contract/Framework Agreement supports the Scottish Government's National Performance Framework, and the National Outcomes which articulate Scotland's Purpose ‘To focus Government and public services on creating a more successful country, with opportunities for all of Scotland to flourish, through increasing sustainable economic growth’. This Framework supports the following National Outcomes, and Contractors are expected to support the Authority’s aim to achieve these.' [Insert relevant National Outcomes - see above]. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B570598" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="347E9068" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>‘The Contracting Authority expects those it contracts with to adopt ethical business practice, to undertake appropriate human rights due diligence as laid down in the UN Guiding Principles on Business and Human Rights, and to ensure transparency in their supply chains.  Criteria will be included to ensure that bidders support these principles in practice.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7676A6BE" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40E7B35F" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">The Contracting Authority expects that those it contracts with </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">The Contracting Authority expects that those it contracts with will prepare and maintain appropriate policies and procedures to identify, prevent, mitigate and account for </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>will prepare and maintain appropriate policies and procedures to identify, prevent, mitigate and account for labour and human rights risks in its own activities and through its supply chains</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>labour</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>.’</w:t>
-[...3 lines deleted...]
-    <w:p w14:paraId="5D490650" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="00E12801" w:rsidRDefault="0078269D" w:rsidP="00E12801">
+        <w:t xml:space="preserve"> and human rights risks in its own activities and through its supply chains.’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AECCFCE" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D490650" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Toc187160939"/>
-[...1 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="15" w:name="_Toc187160939"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Supplier selection</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="0D415DFB" w14:textId="39B7FCF1" w:rsidR="00B00FC1" w:rsidRPr="00A91D42" w:rsidRDefault="00B00FC1" w:rsidP="00B00FC1">
+      <w:bookmarkEnd w:id="15"/>
+    </w:p>
+    <w:p w14:paraId="0D415DFB" w14:textId="39B7FCF1" w:rsidR="00B00FC1" w:rsidRPr="002470BF" w:rsidRDefault="00B00FC1" w:rsidP="002470BF">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>Economic operators may be excluded from this competition if they are in any of the situations referred to in regulation 58 of the Public Contracts (Scotland) Regulations 2015.’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FBF293F" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="00A91D42" w:rsidRDefault="00B00FC1" w:rsidP="00B00FC1">
+    <w:p w14:paraId="1FBF293F" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="002470BF" w:rsidRDefault="00B00FC1" w:rsidP="002470BF">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
-          <w:rFonts w:ascii="TimesNewRoman" w:hAnsi="TimesNewRoman" w:cs="TimesNewRoman"/>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="039E1F2C" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="00A91D42" w:rsidRDefault="00B00FC1" w:rsidP="00B00FC1">
-[...18 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+    <w:p w14:paraId="039E1F2C" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="002470BF" w:rsidRDefault="00B00FC1" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Bidders will be required to adhere to, and fulfil all obligations relevant under the Human Trafficking and Exploitation (Scotland) Act 2015 and the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Modern Slavery Act 2015’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="641E80D2" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="00A91D42" w:rsidRDefault="00B00FC1" w:rsidP="00B00FC1">
-[...17 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="641E80D2" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="002470BF" w:rsidRDefault="00B00FC1" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0140EE15" w14:textId="77777777" w:rsidR="00B00FC1" w:rsidRPr="002470BF" w:rsidRDefault="00B00FC1" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Bidders will be required to adhere to, and fulfil all obligations relevant under </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Waste Electrical and Electronic Equipment Directive</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>WEEE Directive</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">) (2012/19/EU) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>Restriction of Hazardous Substances Directive</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">RoHS) </w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>(2002/95/EC)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00A91D42">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="509B3895" w14:textId="77777777" w:rsidR="0078269D" w:rsidRDefault="0078269D" w:rsidP="0078269D"/>
-[...10 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w14:paraId="509B3895" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="14F75D05" w14:textId="06B18452" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="0054430F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Bidders will be required to confirm that they have (or have access to) the relevant supply chain management and tracking systems used by them to deliver the types of requirements detailed in the Contract Notice or </w:t>
       </w:r>
-      <w:r w:rsidRPr="009F19B7">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-BE"/>
         </w:rPr>
         <w:t>the relevant section</w:t>
       </w:r>
-      <w:r w:rsidRPr="009F19B7">
-[...2 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> of the Site Notice.’ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B849B4" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="009F19B7" w:rsidRDefault="0054430F" w:rsidP="0054430F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="009F19B7">
+    <w:p w14:paraId="70B849B4" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="0054430F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68F063C4" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="0054430F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>‘Relevant protocols, standards, systems include those by the International Labour Organisation, Fairtrade Foundation, Ethical Trading Initiative, SA8000 or ISEAL, or equivalent’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B1DBDC3" w14:textId="77777777" w:rsidR="0054430F" w:rsidRDefault="0054430F" w:rsidP="0078269D"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="2320E09A" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="00E12801" w:rsidRDefault="0078269D" w:rsidP="00E12801">
+    <w:p w14:paraId="773B64E7" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2320E09A" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="15" w:name="_Toc187160940"/>
-[...2 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="16" w:name="_Toc187160940"/>
+      <w:bookmarkStart w:id="17" w:name="AnnexSpecification"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Specification</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="15"/>
-[...8 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:bookmarkEnd w:id="16"/>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p w14:paraId="40BEBAA9" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="0054430F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t>T</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>To highlight the requirement to meet ethical criteria the following wording could be included in a specification:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="700BCF57" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="0054430F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">o highlight the requirement to meet </w:t>
-[...68 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7223ED8C" w14:textId="094EC340" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="00B727E5" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidR="0054430F" w:rsidRPr="009F19B7">
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>The Contractor is expected to have appropriate standards for its organisation and its supply chain regarding legal, ethical and social issues</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">. This will include for example, </w:t>
       </w:r>
-      <w:r w:rsidR="0054430F" w:rsidRPr="004337C6">
-        <w:rPr>
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>arrangements for staff engagement</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="0054430F" w:rsidRPr="004337C6">
-        <w:rPr>
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>integrity lines or whistleblowing arrangements</w:t>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">, processes for </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve">, processes for staff raising concerns and </w:t>
+      </w:r>
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">staff raising concerns </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>the organisation respond</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve">and </w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>ing</w:t>
+      </w:r>
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>the organisation respond</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> to</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>ing</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t xml:space="preserve"> such concerns</w:t>
+      </w:r>
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> to</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> such concerns</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="675D133C" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="0054430F" w:rsidRDefault="0054430F" w:rsidP="0054430F"/>
-    <w:p w14:paraId="78B7DCE7" w14:textId="26358FF1" w:rsidR="0054430F" w:rsidRPr="009F19B7" w:rsidRDefault="00B727E5" w:rsidP="0054430F">
+    <w:p w14:paraId="675D133C" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="0054430F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78B7DCE7" w14:textId="26358FF1" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="00B727E5" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>‘</w:t>
       </w:r>
-      <w:r w:rsidR="0054430F" w:rsidRPr="009F19B7">
+      <w:r w:rsidR="0054430F" w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The Contractor will perform its obligations in accordance with the Authority’s ethical sourcing policy, which is to promote appropriate standards regarding legal, ethical and social issues including, for example, health and safety, security of employment rights, equality, corruption and fair trade, in particular in developing or countries with low production costs.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40A290A4" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="009F19B7" w:rsidRDefault="0054430F" w:rsidP="0054430F">
+    <w:p w14:paraId="40A290A4" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="0054430F" w:rsidP="002470BF">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="009F19B7">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3793ADD5" w14:textId="77777777" w:rsidR="0054430F" w:rsidRPr="002470BF" w:rsidRDefault="0054430F" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...42 lines deleted...]
-    <w:p w14:paraId="287DBB08" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="00E12801" w:rsidRDefault="0078269D" w:rsidP="00E12801">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>“The Contractor must take all reasonable steps to ensure that all Goods supplied under this contract / framework agreement are produced in accordance with the International Labour Organisation (ILO) Declaration on Fundamental Principles and Rights at Work, where the country of origin is an ILO member state, and with all other ILO conventions that have been ratified by the country of origin, in particular, in relation to labour standards, working conditions and the use of child labour.”</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FF84E5E" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="287DBB08" w14:textId="77777777" w:rsidR="0078269D" w:rsidRPr="002470BF" w:rsidRDefault="0078269D" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="17" w:name="_Toc187160941"/>
-[...2 lines deleted...]
-        <w:rPr>
+      <w:bookmarkStart w:id="18" w:name="_Toc187160941"/>
+      <w:bookmarkStart w:id="19" w:name="AnnexEvaluationandAward"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Evaluation and Award</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="17"/>
-[...4 lines deleted...]
-      <w:r>
+      <w:bookmarkEnd w:id="18"/>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w14:paraId="58BBBCC8" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">Below are some examples of wording that could be used as award criteria where there may be concerns over working conditions and labour standards in the supply chain. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FEC425C" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRDefault="00FF67C9" w:rsidP="000D0C33"/>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+    <w:p w14:paraId="1FEC425C" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48C83DC2" w14:textId="5BCB4393" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">'The Contractor must put in place processes that will ensure that labour standards are being maintained in line with ILO core conventions and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">local labour laws, throughout its supply chain(s) for Goods relevant to the Framework Agreement.' </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F60941" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DCDCAEC" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘Bidders must provide information to illustrate that suppliers and production sites should hold an independently audited and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>internationally-recognised</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard relevant to the product, in order to demonstrate how they are addressing ethical and social issues such as the avoidance of child labour, application of fair trade principles and adequate working conditions, in the manufacture of [textiles].’</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AEE7E13" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A677D8A" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00BC7799" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+    <w:p w14:paraId="3A677D8A" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>‘The Contractor will perform its obligations in accordance with the Authority’s, and Framework Public Bodies ethical sourcing policy, which is to promote appropriate standards regarding legal, ethical and social issues including, for example, health and safety, workers’ rights, equality, corruption and fair trade, in particular in developing or countries with low production costs.’ *</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>this</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be edited as appropriate to reflect the relevant risk elements prevalent for the contract.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F47DA6B" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7293190E" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00BC7799" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
-      <w:r w:rsidRPr="00BC7799">
+    <w:p w14:paraId="7293190E" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">‘The Contractor must take all reasonable steps to ensure that all goods supplied under this Framework Agreement are </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E67CAC">
-        <w:rPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
           <w:bCs/>
-        </w:rPr>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>produced in accordance with the International Labour Organisation (ILO) Declaration on Fundamental Principles and Rights at Work, where the country of origin is an ILO member state, and with all other ILO conventions that have been ratified by the country of origin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">, in particular, in relation to labour standards, working conditions and the use of child labour.’ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1035144B" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00BC7799" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
-      <w:r w:rsidRPr="00BC7799">
+    <w:p w14:paraId="1035144B" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10CA18F2" w14:textId="2DA52879" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
-[...16 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="10CA18F2" w14:textId="2DA52879" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘The Contractor will be expected to have a comprehensive system which demonstrates an on-going and systematic approach to identifying, preventing, mitigating and accounting for risks relating to labour standards, working conditions and use of child labour, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>in its own activities and through its supply chains,</w:t>
-[...21 lines deleted...]
-    <w:p w14:paraId="08C7C6A6" w14:textId="340E629B" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+        <w:t xml:space="preserve">in its own activities and through its supply chains, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>relevant to the Framework Agreement. This should include, for example:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DBECD50" w14:textId="77777777" w:rsidR="00FF67C9" w:rsidRPr="002470BF" w:rsidRDefault="00FF67C9" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08C7C6A6" w14:textId="340E629B" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>policy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C458B2" w14:textId="26E99413" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="20C458B2" w14:textId="26E99413" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>roles and responsibilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC88AC6" w14:textId="69E2667B" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="2CC88AC6" w14:textId="69E2667B" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>objectives</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40E81DCA" w14:textId="2D8264C3" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="40E81DCA" w14:textId="2D8264C3" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>targets and programmes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4F67C2" w14:textId="7E604BC7" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="2A4F67C2" w14:textId="7E604BC7" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>training and awareness</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C12F360" w14:textId="4F48014F" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="7C12F360" w14:textId="4F48014F" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>communications (including whistle blowing)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="106A50DC" w14:textId="186722D2" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="106A50DC" w14:textId="186722D2" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>documentation and procedures</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="653B340A" w14:textId="47AF9413" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="653B340A" w14:textId="47AF9413" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>supply chain management</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ED516FA" w14:textId="35D0892D" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="7ED516FA" w14:textId="35D0892D" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>emergency response</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23B2FCFC" w14:textId="1C2B48E2" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="23B2FCFC" w14:textId="1C2B48E2" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>monitoring and reporting (including identification of all suppliers, changes made and audits undertaken in accordance with appropriate standards for example ETI Base Code, SEDEX, or equivalent)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F582B6E" w14:textId="4397CF28" w:rsidR="000D0C33" w:rsidRPr="00BC7799" w:rsidRDefault="000D0C33" w:rsidP="00767E5D">
+    <w:p w14:paraId="5F582B6E" w14:textId="4397CF28" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="26"/>
         </w:numPr>
-        <w:spacing w:line="360" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>corrective action and review.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5486FEEA" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00885ABE" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
-[...7 lines deleted...]
-    <w:p w14:paraId="59EE3CAF" w14:textId="4BF5B5E3" w:rsidR="000D0C33" w:rsidRPr="00767E5D" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
+    <w:p w14:paraId="5486FEEA" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59EE3CAF" w14:textId="4BF5B5E3" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Default1"/>
         <w:rPr>
           <w:iCs/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00767E5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>The Authority is seeking best practice in ethical sourcing, which goes beyond audits, implementing relevant capacity building programmes to better understand working conditions. This may include:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="239AF213" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00767E5D" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
+    <w:p w14:paraId="239AF213" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Default1"/>
         <w:rPr>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0A4576FB" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00767E5D" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4576FB" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Default1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00767E5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="25F237E1" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00767E5D" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Worker rights training – for workers and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>supervisors;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="25F237E1" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Default1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00767E5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="58566B28" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00767E5D" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Engagement with local labour rights groups / NGOs –to gain a more accurate understanding of working conditions and address </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>deficiencies;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="58566B28" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Default1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00767E5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0659D51F" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00767E5D" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Implementation of anonymous worker grievance procedures at </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>factories;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="0659D51F" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
       <w:pPr>
         <w:pStyle w:val="Default1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00767E5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:iCs/>
-          <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Root cause analysis – understanding of the root, systemic causes of non-compliances, and development of processes to address these.’</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F51B5D7" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="00767E5D" w:rsidRDefault="000D0C33" w:rsidP="000D0C33">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00BC7799">
+    <w:p w14:paraId="3F51B5D7" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CB9E00F" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">‘The Contractor will be required to demonstrate continual improvement in working conditions and labour standards, while enhancing policies and systems and, where relevant, work with the Authority during the term of the Framework Agreement to ensure compliance with new and emerging legislation.' </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41D568F4" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRDefault="000D0C33" w:rsidP="000D0C33"/>
-[...50 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId73"/>
+    <w:p w14:paraId="41D568F4" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="332839C0" w14:textId="77777777" w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidRDefault="000D0C33" w:rsidP="002470BF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">‘The Contractor will be required to undertake a supply chain mapping exercise, identifying all its suppliers, beginning with the higher tiers and moving </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>in to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002470BF">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lower tiers as the process is repeated. The results of the mapping exercise should be shared with the Authority.’</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="000D0C33" w:rsidRPr="002470BF" w:rsidSect="00B561C0">
+      <w:headerReference w:type="default" r:id="rId77"/>
+      <w:footerReference w:type="default" r:id="rId78"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C31ED5D" w14:textId="77777777" w:rsidR="00CD3684" w:rsidRDefault="00CD3684" w:rsidP="00B409AE">
+    <w:p w14:paraId="79298D4D" w14:textId="77777777" w:rsidR="009D55EC" w:rsidRDefault="009D55EC" w:rsidP="00B409AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6032622D" w14:textId="77777777" w:rsidR="00CD3684" w:rsidRDefault="00CD3684" w:rsidP="00B409AE">
+    <w:p w14:paraId="1846B1B4" w14:textId="77777777" w:rsidR="009D55EC" w:rsidRDefault="009D55EC" w:rsidP="00B409AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="318E6E67" w14:textId="77777777" w:rsidR="00CD3684" w:rsidRDefault="00CD3684"/>
+    <w:p w14:paraId="2B2DECBF" w14:textId="77777777" w:rsidR="009D55EC" w:rsidRDefault="009D55EC"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...7 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54DB72BB" w14:textId="77777777" w:rsidR="009F772C" w:rsidRDefault="009F772C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="283812DF" w14:textId="77777777" w:rsidR="00CD3684" w:rsidRDefault="00CD3684" w:rsidP="00B409AE">
+    <w:p w14:paraId="07CA499D" w14:textId="77777777" w:rsidR="009D55EC" w:rsidRDefault="009D55EC" w:rsidP="00B409AE">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3CF79A50" w14:textId="77777777" w:rsidR="00CD3684" w:rsidRDefault="00CD3684" w:rsidP="00B409AE">
+    <w:p w14:paraId="475E1694" w14:textId="77777777" w:rsidR="009D55EC" w:rsidRDefault="009D55EC" w:rsidP="00B409AE">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="32A60804" w14:textId="77777777" w:rsidR="00CD3684" w:rsidRDefault="00CD3684"/>
+    <w:p w14:paraId="1121F2B6" w14:textId="77777777" w:rsidR="009D55EC" w:rsidRDefault="009D55EC"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="73746AEC" w14:textId="77777777" w:rsidR="009F772C" w:rsidRDefault="009F772C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFFFB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E230D310"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading1"/>
       <w:lvlText w:val="%1."/>
@@ -8945,166 +12901,279 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="09C90E3B"/>
+    <w:nsid w:val="015C5DA4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="25360730"/>
-    <w:lvl w:ilvl="0" w:tplc="F37C88B0">
+    <w:tmpl w:val="41B40E28"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09C90E3B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="25360730"/>
+    <w:lvl w:ilvl="0" w:tplc="F37C88B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C000117"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F476EFFC"/>
     <w:lvl w:ilvl="0" w:tplc="25E65288">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A8845EC8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9200,51 +13269,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="5D0E52AE" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="289D454D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CADAA0F2"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9313,51 +13382,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B296E1B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D686326"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9426,51 +13495,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2DAE1CC8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCC8BF92"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9539,51 +13608,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F1B6634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="126ABBEA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9652,51 +13721,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41675A1A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E0B890C2"/>
     <w:lvl w:ilvl="0" w:tplc="CD7C9296">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="004227B6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9792,51 +13861,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="572C933E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44704540"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB72886C"/>
     <w:lvl w:ilvl="0" w:tplc="1408FA22">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -9882,51 +13951,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="49B56139"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FCA4BB2E"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9995,51 +14064,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5807425F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="159434F4"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10108,51 +14177,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5D2B75E6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B7747AE8"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10221,51 +14290,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5EC33C84"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BE5E94EA"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10334,72 +14403,72 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="652C1161"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="F80453F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bulletted"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6C9B323A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38F0A126"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10468,51 +14537,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EC13A4F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="345AC4C8"/>
     <w:lvl w:ilvl="0" w:tplc="BA26F1D8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="7C2E712E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10608,51 +14677,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="17BCFE3C" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73FD0031"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="CB782E1A"/>
     <w:lvl w:ilvl="0" w:tplc="F37C88B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="736EAE68">
       <w:start w:val="270"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10748,51 +14817,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="A7444D9E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77A71A35"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0EECBCAC"/>
     <w:lvl w:ilvl="0" w:tplc="49000910">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -10860,51 +14929,51 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B6945DD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7C122290"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10974,297 +15043,306 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="582952938">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="367604509">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="2001735283">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1797480472">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="888883229">
-    <w:abstractNumId w:val="14"/>
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1918590776">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="49350946">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1288585672">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="969165821">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="1221552758">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="969165821">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="11" w16cid:durableId="344794360">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1221552758">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="12" w16cid:durableId="138890160">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="344794360">
+  <w:num w:numId="13" w16cid:durableId="1302346370">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="138890160">
+  <w:num w:numId="14" w16cid:durableId="1477986497">
     <w:abstractNumId w:val="8"/>
-  </w:num>
-[...4 lines deleted...]
-    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1002971364">
     <w:abstractNumId w:val="0"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="149644107">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1712873847">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1463385913">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="685328068">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="926033549">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="1749384374">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="1480028638">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="625890156">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1290164260">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="414060412">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="254555363">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="414060412">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="27" w16cid:durableId="2140106869">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1021" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D5EE9"/>
     <w:rsid w:val="000010E7"/>
     <w:rsid w:val="000063B4"/>
     <w:rsid w:val="0000672F"/>
     <w:rsid w:val="000167DA"/>
     <w:rsid w:val="00027C27"/>
+    <w:rsid w:val="0003456C"/>
     <w:rsid w:val="00034E9A"/>
     <w:rsid w:val="000363EE"/>
     <w:rsid w:val="00037312"/>
     <w:rsid w:val="00041124"/>
-    <w:rsid w:val="00060F0E"/>
     <w:rsid w:val="000618FB"/>
     <w:rsid w:val="0007350C"/>
     <w:rsid w:val="00074662"/>
     <w:rsid w:val="000773CE"/>
     <w:rsid w:val="00086F3F"/>
     <w:rsid w:val="00090D44"/>
     <w:rsid w:val="000954EB"/>
     <w:rsid w:val="00096620"/>
     <w:rsid w:val="000B02E6"/>
     <w:rsid w:val="000B1C79"/>
     <w:rsid w:val="000C0CF4"/>
     <w:rsid w:val="000C2217"/>
     <w:rsid w:val="000C5D48"/>
     <w:rsid w:val="000D0C33"/>
     <w:rsid w:val="000D1F06"/>
     <w:rsid w:val="000D6173"/>
     <w:rsid w:val="000F316D"/>
     <w:rsid w:val="000F62D9"/>
     <w:rsid w:val="00100715"/>
     <w:rsid w:val="001141E4"/>
     <w:rsid w:val="00122CCE"/>
     <w:rsid w:val="00123082"/>
     <w:rsid w:val="00125D33"/>
     <w:rsid w:val="00126EC0"/>
     <w:rsid w:val="001308EB"/>
     <w:rsid w:val="00131C6F"/>
+    <w:rsid w:val="00140369"/>
     <w:rsid w:val="00141DD1"/>
     <w:rsid w:val="00154B4D"/>
     <w:rsid w:val="00155EAD"/>
     <w:rsid w:val="00163007"/>
     <w:rsid w:val="001727CF"/>
     <w:rsid w:val="001745F6"/>
     <w:rsid w:val="001841C9"/>
     <w:rsid w:val="00187F29"/>
     <w:rsid w:val="00190535"/>
     <w:rsid w:val="00195159"/>
     <w:rsid w:val="001A3704"/>
     <w:rsid w:val="001A7785"/>
     <w:rsid w:val="001B02D5"/>
     <w:rsid w:val="001B6CF7"/>
     <w:rsid w:val="001C0970"/>
     <w:rsid w:val="001C36BB"/>
     <w:rsid w:val="001C4A38"/>
     <w:rsid w:val="001C6127"/>
     <w:rsid w:val="001D4C2A"/>
     <w:rsid w:val="001D7E0D"/>
     <w:rsid w:val="001E2D26"/>
+    <w:rsid w:val="001E67E1"/>
     <w:rsid w:val="0020309F"/>
+    <w:rsid w:val="00204810"/>
     <w:rsid w:val="00205474"/>
     <w:rsid w:val="00230446"/>
     <w:rsid w:val="002405F6"/>
     <w:rsid w:val="002440BD"/>
+    <w:rsid w:val="002470BF"/>
     <w:rsid w:val="00251BDB"/>
     <w:rsid w:val="00257DD4"/>
     <w:rsid w:val="0026043A"/>
     <w:rsid w:val="0026266C"/>
     <w:rsid w:val="00281504"/>
     <w:rsid w:val="00281579"/>
+    <w:rsid w:val="00284C48"/>
     <w:rsid w:val="0028560F"/>
     <w:rsid w:val="00293754"/>
     <w:rsid w:val="002A1995"/>
     <w:rsid w:val="002A2050"/>
     <w:rsid w:val="002A29BC"/>
     <w:rsid w:val="002A3193"/>
+    <w:rsid w:val="002B16F5"/>
     <w:rsid w:val="002B1A58"/>
     <w:rsid w:val="002B7E11"/>
     <w:rsid w:val="002E44C5"/>
     <w:rsid w:val="002E746F"/>
     <w:rsid w:val="002F12E2"/>
     <w:rsid w:val="002F41D2"/>
     <w:rsid w:val="00306C61"/>
     <w:rsid w:val="0030706C"/>
+    <w:rsid w:val="003134C0"/>
     <w:rsid w:val="00314D14"/>
     <w:rsid w:val="00316593"/>
     <w:rsid w:val="003357BD"/>
     <w:rsid w:val="00345D1F"/>
     <w:rsid w:val="0035439F"/>
     <w:rsid w:val="00354981"/>
     <w:rsid w:val="00354A45"/>
     <w:rsid w:val="0036464B"/>
     <w:rsid w:val="0037582B"/>
     <w:rsid w:val="00377334"/>
     <w:rsid w:val="00377A99"/>
     <w:rsid w:val="00377D94"/>
     <w:rsid w:val="00391EDC"/>
     <w:rsid w:val="00394E90"/>
     <w:rsid w:val="003960A5"/>
     <w:rsid w:val="00397069"/>
     <w:rsid w:val="00397A96"/>
     <w:rsid w:val="003A2267"/>
     <w:rsid w:val="003A4E11"/>
     <w:rsid w:val="003B24D5"/>
     <w:rsid w:val="003C7788"/>
     <w:rsid w:val="003D481A"/>
     <w:rsid w:val="003D6799"/>
     <w:rsid w:val="003D707D"/>
     <w:rsid w:val="003E00AB"/>
@@ -11297,293 +15375,299 @@
     <w:rsid w:val="004E5CD6"/>
     <w:rsid w:val="004F0F15"/>
     <w:rsid w:val="00500E3B"/>
     <w:rsid w:val="0050416B"/>
     <w:rsid w:val="00511BA2"/>
     <w:rsid w:val="005178BB"/>
     <w:rsid w:val="0052352B"/>
     <w:rsid w:val="005344AC"/>
     <w:rsid w:val="00536187"/>
     <w:rsid w:val="005361D4"/>
     <w:rsid w:val="00542C0D"/>
     <w:rsid w:val="0054430F"/>
     <w:rsid w:val="005501A4"/>
     <w:rsid w:val="00551DA3"/>
     <w:rsid w:val="0056397A"/>
     <w:rsid w:val="0056426B"/>
     <w:rsid w:val="00566AC6"/>
     <w:rsid w:val="0057234D"/>
     <w:rsid w:val="00572906"/>
     <w:rsid w:val="005731C7"/>
     <w:rsid w:val="00577623"/>
     <w:rsid w:val="005802CD"/>
     <w:rsid w:val="00582FBD"/>
     <w:rsid w:val="0059048D"/>
     <w:rsid w:val="00592CE8"/>
+    <w:rsid w:val="005937C3"/>
     <w:rsid w:val="00593D78"/>
     <w:rsid w:val="00597FC4"/>
     <w:rsid w:val="005A4067"/>
     <w:rsid w:val="005A5AB8"/>
     <w:rsid w:val="005B6510"/>
     <w:rsid w:val="005D011C"/>
     <w:rsid w:val="005E21E8"/>
     <w:rsid w:val="005E3AC6"/>
     <w:rsid w:val="005E59A3"/>
     <w:rsid w:val="005E5E4D"/>
-    <w:rsid w:val="005F0E8D"/>
     <w:rsid w:val="005F2297"/>
     <w:rsid w:val="005F4F5E"/>
     <w:rsid w:val="005F66C0"/>
     <w:rsid w:val="0063437E"/>
     <w:rsid w:val="00637B8E"/>
     <w:rsid w:val="00645A31"/>
     <w:rsid w:val="0065042B"/>
     <w:rsid w:val="006535BA"/>
     <w:rsid w:val="00654683"/>
     <w:rsid w:val="00670249"/>
     <w:rsid w:val="0067025C"/>
     <w:rsid w:val="006735B4"/>
     <w:rsid w:val="00691289"/>
+    <w:rsid w:val="006A69E1"/>
     <w:rsid w:val="006B4219"/>
     <w:rsid w:val="006B7BCE"/>
     <w:rsid w:val="006C215F"/>
     <w:rsid w:val="006C247C"/>
     <w:rsid w:val="006C5880"/>
     <w:rsid w:val="006D5EE9"/>
     <w:rsid w:val="006E2B4C"/>
+    <w:rsid w:val="006E789F"/>
     <w:rsid w:val="00707B5E"/>
     <w:rsid w:val="00712FC2"/>
     <w:rsid w:val="007218AD"/>
     <w:rsid w:val="00722990"/>
     <w:rsid w:val="00730B65"/>
     <w:rsid w:val="0073127F"/>
     <w:rsid w:val="0074695B"/>
     <w:rsid w:val="00754F36"/>
     <w:rsid w:val="00761163"/>
     <w:rsid w:val="0076448E"/>
     <w:rsid w:val="00767E5D"/>
     <w:rsid w:val="007723B5"/>
     <w:rsid w:val="00774D47"/>
     <w:rsid w:val="00777288"/>
     <w:rsid w:val="00780DEE"/>
     <w:rsid w:val="0078269D"/>
     <w:rsid w:val="007A34DB"/>
     <w:rsid w:val="007C57BA"/>
     <w:rsid w:val="007D4F08"/>
     <w:rsid w:val="007E51E8"/>
     <w:rsid w:val="007E6C78"/>
+    <w:rsid w:val="007F5B5B"/>
     <w:rsid w:val="00806D29"/>
     <w:rsid w:val="008211C0"/>
     <w:rsid w:val="00823FEB"/>
     <w:rsid w:val="00825469"/>
     <w:rsid w:val="00825D50"/>
     <w:rsid w:val="00834B60"/>
     <w:rsid w:val="008520C4"/>
     <w:rsid w:val="00853B20"/>
     <w:rsid w:val="00853C7A"/>
     <w:rsid w:val="00857548"/>
     <w:rsid w:val="00861D6D"/>
     <w:rsid w:val="00864B38"/>
     <w:rsid w:val="00866486"/>
     <w:rsid w:val="00880A21"/>
     <w:rsid w:val="00881272"/>
     <w:rsid w:val="00885ABE"/>
     <w:rsid w:val="0089088E"/>
     <w:rsid w:val="00890DAD"/>
     <w:rsid w:val="0089770C"/>
     <w:rsid w:val="008C71D7"/>
     <w:rsid w:val="008D006E"/>
     <w:rsid w:val="008D1773"/>
     <w:rsid w:val="008D5641"/>
     <w:rsid w:val="008D5B6E"/>
     <w:rsid w:val="00904B38"/>
     <w:rsid w:val="0090793E"/>
     <w:rsid w:val="009178E9"/>
     <w:rsid w:val="00941293"/>
     <w:rsid w:val="009417D1"/>
     <w:rsid w:val="00944AF9"/>
     <w:rsid w:val="00952FA9"/>
     <w:rsid w:val="00954B5B"/>
+    <w:rsid w:val="00956B82"/>
     <w:rsid w:val="0097231C"/>
     <w:rsid w:val="009728C3"/>
     <w:rsid w:val="0098214B"/>
     <w:rsid w:val="00984EF1"/>
     <w:rsid w:val="00985E49"/>
     <w:rsid w:val="00992DA7"/>
     <w:rsid w:val="00997AC4"/>
     <w:rsid w:val="009B7615"/>
     <w:rsid w:val="009C1E73"/>
     <w:rsid w:val="009C7776"/>
     <w:rsid w:val="009D01A3"/>
     <w:rsid w:val="009D435E"/>
+    <w:rsid w:val="009D55EC"/>
     <w:rsid w:val="009D786C"/>
     <w:rsid w:val="009E3339"/>
     <w:rsid w:val="009F19B7"/>
     <w:rsid w:val="009F2BF7"/>
     <w:rsid w:val="009F51DC"/>
     <w:rsid w:val="009F772C"/>
     <w:rsid w:val="00A26287"/>
     <w:rsid w:val="00A40AF7"/>
     <w:rsid w:val="00A44796"/>
     <w:rsid w:val="00A45D3C"/>
     <w:rsid w:val="00A45F8E"/>
     <w:rsid w:val="00A47160"/>
     <w:rsid w:val="00A500AB"/>
     <w:rsid w:val="00A80681"/>
     <w:rsid w:val="00A877F4"/>
     <w:rsid w:val="00A91D42"/>
     <w:rsid w:val="00A93BF3"/>
+    <w:rsid w:val="00AA05DA"/>
     <w:rsid w:val="00AA2FA4"/>
     <w:rsid w:val="00AA32DD"/>
+    <w:rsid w:val="00AA4B87"/>
     <w:rsid w:val="00AB2FB7"/>
     <w:rsid w:val="00AB62A1"/>
     <w:rsid w:val="00AC2A1F"/>
     <w:rsid w:val="00AD0A98"/>
     <w:rsid w:val="00AD0F5D"/>
     <w:rsid w:val="00AD351E"/>
     <w:rsid w:val="00AE1C39"/>
     <w:rsid w:val="00AF16C9"/>
     <w:rsid w:val="00AF54BF"/>
     <w:rsid w:val="00AF7197"/>
     <w:rsid w:val="00AF7C93"/>
     <w:rsid w:val="00B00FC1"/>
     <w:rsid w:val="00B05423"/>
     <w:rsid w:val="00B10A99"/>
     <w:rsid w:val="00B17C1D"/>
     <w:rsid w:val="00B17FB0"/>
     <w:rsid w:val="00B208FA"/>
     <w:rsid w:val="00B31B5B"/>
     <w:rsid w:val="00B409AE"/>
     <w:rsid w:val="00B51BDC"/>
     <w:rsid w:val="00B54806"/>
     <w:rsid w:val="00B561C0"/>
     <w:rsid w:val="00B611CE"/>
     <w:rsid w:val="00B62FEF"/>
     <w:rsid w:val="00B639D7"/>
     <w:rsid w:val="00B6484D"/>
     <w:rsid w:val="00B7205F"/>
     <w:rsid w:val="00B727E5"/>
     <w:rsid w:val="00B773CE"/>
     <w:rsid w:val="00B77748"/>
     <w:rsid w:val="00B8674F"/>
-    <w:rsid w:val="00B906BC"/>
     <w:rsid w:val="00B9371C"/>
     <w:rsid w:val="00BA1D17"/>
     <w:rsid w:val="00BA456F"/>
     <w:rsid w:val="00BA722D"/>
     <w:rsid w:val="00BB5013"/>
     <w:rsid w:val="00BC3045"/>
     <w:rsid w:val="00BC39CC"/>
     <w:rsid w:val="00BC4841"/>
     <w:rsid w:val="00BC6E64"/>
     <w:rsid w:val="00BC7799"/>
     <w:rsid w:val="00BD5FC2"/>
     <w:rsid w:val="00BF349C"/>
     <w:rsid w:val="00BF654E"/>
     <w:rsid w:val="00BF6923"/>
     <w:rsid w:val="00C00325"/>
     <w:rsid w:val="00C01C07"/>
     <w:rsid w:val="00C03DF8"/>
     <w:rsid w:val="00C13DAE"/>
     <w:rsid w:val="00C23259"/>
     <w:rsid w:val="00C269D7"/>
     <w:rsid w:val="00C31764"/>
     <w:rsid w:val="00C64DA0"/>
     <w:rsid w:val="00C65C8B"/>
+    <w:rsid w:val="00C661C0"/>
     <w:rsid w:val="00C66D86"/>
     <w:rsid w:val="00C67CAD"/>
     <w:rsid w:val="00C75138"/>
     <w:rsid w:val="00C77EF2"/>
     <w:rsid w:val="00C83DE2"/>
     <w:rsid w:val="00C9179D"/>
     <w:rsid w:val="00C91823"/>
     <w:rsid w:val="00C95134"/>
+    <w:rsid w:val="00CB1B3C"/>
     <w:rsid w:val="00CB4F21"/>
     <w:rsid w:val="00CC2375"/>
     <w:rsid w:val="00CC436F"/>
-    <w:rsid w:val="00CD3684"/>
     <w:rsid w:val="00CD4322"/>
     <w:rsid w:val="00CE4F3E"/>
     <w:rsid w:val="00CE5003"/>
     <w:rsid w:val="00D008AB"/>
     <w:rsid w:val="00D22E26"/>
     <w:rsid w:val="00D35CF8"/>
     <w:rsid w:val="00D35F24"/>
     <w:rsid w:val="00D50F1B"/>
     <w:rsid w:val="00D531EC"/>
     <w:rsid w:val="00D62EEB"/>
     <w:rsid w:val="00D642E4"/>
     <w:rsid w:val="00D649F2"/>
+    <w:rsid w:val="00D71215"/>
     <w:rsid w:val="00D76A52"/>
-    <w:rsid w:val="00D911A2"/>
     <w:rsid w:val="00D92A1E"/>
     <w:rsid w:val="00D94E02"/>
     <w:rsid w:val="00D952F7"/>
     <w:rsid w:val="00D962D0"/>
     <w:rsid w:val="00D97F05"/>
     <w:rsid w:val="00DA1CCC"/>
     <w:rsid w:val="00DA36AA"/>
     <w:rsid w:val="00DB45F1"/>
     <w:rsid w:val="00DC3167"/>
     <w:rsid w:val="00DC736E"/>
     <w:rsid w:val="00DD0FBF"/>
     <w:rsid w:val="00DD20E9"/>
     <w:rsid w:val="00DE08B5"/>
     <w:rsid w:val="00DE11AC"/>
     <w:rsid w:val="00DE19AA"/>
     <w:rsid w:val="00DE2EC9"/>
     <w:rsid w:val="00DE7A1D"/>
     <w:rsid w:val="00E00D69"/>
     <w:rsid w:val="00E104CD"/>
     <w:rsid w:val="00E12801"/>
     <w:rsid w:val="00E12BFF"/>
     <w:rsid w:val="00E13418"/>
     <w:rsid w:val="00E21801"/>
     <w:rsid w:val="00E253D7"/>
     <w:rsid w:val="00E35730"/>
     <w:rsid w:val="00E4020F"/>
     <w:rsid w:val="00E67CAC"/>
     <w:rsid w:val="00E77C2A"/>
     <w:rsid w:val="00E836F0"/>
     <w:rsid w:val="00EA28A1"/>
     <w:rsid w:val="00EA7C06"/>
     <w:rsid w:val="00ED2F67"/>
     <w:rsid w:val="00F050BB"/>
     <w:rsid w:val="00F05BB0"/>
     <w:rsid w:val="00F074B5"/>
     <w:rsid w:val="00F17CCC"/>
     <w:rsid w:val="00F26EA1"/>
     <w:rsid w:val="00F32B9B"/>
     <w:rsid w:val="00F33308"/>
     <w:rsid w:val="00F3575F"/>
     <w:rsid w:val="00F43D32"/>
     <w:rsid w:val="00F4490F"/>
     <w:rsid w:val="00F456C8"/>
     <w:rsid w:val="00F525D7"/>
     <w:rsid w:val="00F547E8"/>
     <w:rsid w:val="00FA16F4"/>
-    <w:rsid w:val="00FA2A6B"/>
     <w:rsid w:val="00FA4BC1"/>
     <w:rsid w:val="00FA7593"/>
     <w:rsid w:val="00FB5533"/>
     <w:rsid w:val="00FC0096"/>
     <w:rsid w:val="00FD0AAB"/>
     <w:rsid w:val="00FD1E0D"/>
     <w:rsid w:val="00FD217D"/>
     <w:rsid w:val="00FD2620"/>
     <w:rsid w:val="00FD3927"/>
     <w:rsid w:val="00FE1329"/>
     <w:rsid w:val="00FE1A0A"/>
     <w:rsid w:val="00FE6D92"/>
     <w:rsid w:val="00FE748E"/>
     <w:rsid w:val="00FF67C9"/>
     <w:rsid w:val="02290214"/>
     <w:rsid w:val="03B3F3F1"/>
     <w:rsid w:val="048CD1AF"/>
     <w:rsid w:val="05E46BC5"/>
     <w:rsid w:val="0DD46D4C"/>
     <w:rsid w:val="0F54E6B6"/>
     <w:rsid w:val="1CE4D444"/>
     <w:rsid w:val="2154B1F8"/>
     <w:rsid w:val="2226F404"/>
     <w:rsid w:val="38FBA60C"/>
     <w:rsid w:val="40407FB4"/>
@@ -13101,50 +17185,63 @@
                           <w:divsChild>
                             <w:div w:id="76250180">
                               <w:marLeft w:val="0"/>
                               <w:marRight w:val="0"/>
                               <w:marTop w:val="0"/>
                               <w:marBottom w:val="0"/>
                               <w:divBdr>
                                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                               </w:divBdr>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1041789532">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1113399853">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1175879519">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -13671,50 +17768,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1964194614">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1991247079">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2003701586">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1315839789">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="300"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -13777,59 +17887,71 @@
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2072804004">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="2085104036">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/our-fair-trade-system/our-10-principles-of-fair-trade/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.business-humanrights.org/en/un-guiding-principles-on-business-and-human-rights-1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.responsiblesourcingtool.org/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.modernslaverymap.org/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtrade.org.uk/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ssi/2015/446/regulation/57" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/asp/2014/12/contents" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scottishfairtrade.org/workplace-learning/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scottishfairtrade.org/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/ukpga/2015/30/part/6" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2015/30/section/54" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvorisicochecker.nl/en/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freedomhouse.org/report-types/freedom-world" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtrade.org.uk/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.procurementjourney.scot/route-3/develop-documents/exclusion-selection-and-award-criteria/exclusion-criteria" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public-buyers-community.ec.europa.eu/resources/buying-green-handbook-green-public-procurement" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Topics/Built-Environment/Building/Building-standards/techbooks/Sustainability" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ilo.org/global/standards/introduction-to-international-labour-standards/conventions-and-recommendations/lang--en/index.htm" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainableprocurementtools.scot/index.cfm/guidance/security-and-crime/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unstats.un.org/sdgs/report/2024/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtrade.net/en.html" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/asp/2015/12/contents" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.migrationscotland.org.uk/resources/human-trafficking-exploitation-guidance" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalslaveryindex.org/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cips.org/learn/e-learning/ethical-procurement-and-supply/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ssi/2015/446/regulation/69" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalelectronicscouncil.org/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainableprocurementtools.scot/index.cfm/guidance/fair-work-practices/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.procurementjourney.scot/single-procurement-document-spd" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/our-fair-trade-system/our-10-principles-of-fair-trade/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Publications/2017/05/6059" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tiscreport.org/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transparency.org/en/cpi/2023" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.procurementjourney.scot/route-3/develop-documents/exclusion-selection-and-award-criteria/single-procurement-document-spd" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ssi/2015/446/regulation/19" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityhumanrights.com/en/our-human-rights-work/monitoring-and-promoting-un-treaties/international-covenant-economic-social" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvorisicochecker.nl/en/worldmap" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ethicaltrade.org/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sa-intl.org/programs/sa8000/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Topics/Government/Procurement/policy/SPPNSSPANS/policy-notes/SPPN2016/sppn092016" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scotland.shinyapps.io/scotlandperforms_alpha/?_ga=2.24427519.419740826.1531906450-1645498520.1523286581" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scotland.shinyapps.io/scotlandperforms_alpha/?_ga=2.24427519.419740826.1531906450-1645498520.1523286581" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.scot/publications/human-trafficking-exploitation-health-workers-need-know/pages/1/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sedex.com/blog/what-is-a-modern-slavery-statement/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://environment.ec.europa.eu/topics/circular-economy/eu-ecolabel_en" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Topics/Justice/policies/reducing-crime/human-trafficking/HumanTraffickingandExploitationScotlandAct2015/GuidetotheAct" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.walkfree.org/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ilo.org/global/lang--en/index.htm" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/collections/sustainable-procurement-the-government-buying-standards-gbs" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ssi/2015/446/regulation/44" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainableprocurementtools.scot/index.cfm/guidance/equality/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Topics/Government/Procurement/policy/corporate-responsibility/Sustainability/ScottishProcess/SustainableProcurementTools" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modernslaveryregistry.org/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.scot/Publications/2018/10/3200" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cleanclothes.org/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtrade.org.uk/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2015/30/section/54" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/our-fair-trade-system/our-10-principles-of-fair-trade/" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.business-humanrights.org/en/un-guiding-principles-on-business-and-human-rights-1" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2015/30/section/54" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.responsiblesourcingtool.org/" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.procurementjourney.scot/route-3/develop-documents/exclusion-selection-and-award-criteria/exclusion-criteria" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtrade.org.uk/" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/asp/2014/12/contents" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scottishfairtrade.org/" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/ukpga/2015/30/part/6" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/ukpga/2006/13/contents" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2016/19/schedule/6" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvorisicochecker.nl/en/" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cips.org/learn/e-learning/ethical-procurement-and-supply/" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtrade.org.uk/" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Topics/Built-Environment/Building/Building-standards/techbooks/Sustainability" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ssi/2015/446/regulation/69" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ilo.org/global/standards/introduction-to-international-labour-standards/conventions-and-recommendations/lang--en/index.htm" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainableprocurementtools.scot/index.cfm/guidance/security-and-crime/" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unstats.un.org/sdgs/report/2024/" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtrade.net/en.html" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/asp/2015/12/contents" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.migrationscotland.org.uk/resources/human-trafficking-exploitation-guidance" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tiscreport.org/" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalslaveryindex.org/" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalelectronicscouncil.org/" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.procurementjourney.scot/route-3/develop-documents/exclusion-selection-and-award-criteria/single-procurement-document-spd" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.transparency.org/en/cpi/2023" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ssi/2015/446/regulation/19" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainableprocurementtools.scot/index.cfm/guidance/fair-work-practices/" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.procurementjourney.scot/single-procurement-document-spd" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/our-fair-trade-system/our-10-principles-of-fair-trade/" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Publications/2017/05/6059" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legislation.gov.uk/ukpga/2006/13/contents" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mvorisicochecker.nl/en/worldmap" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ethicaltrade.org/" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sa-intl.org/programs/sa8000/" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.equalityhumanrights.com/en/our-human-rights-work/monitoring-and-promoting-un-treaties/international-covenant-economic-social" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/publications/right-to-work-checks-employers-guide" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sedex.com/blog/what-is-a-modern-slavery-statement/" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://environment.ec.europa.eu/topics/circular-economy/eu-ecolabel_en" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ssi/2015/446/regulation/44" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Topics/Government/Procurement/policy/SPPNSSPANS/policy-notes/SPPN2016/sppn092016" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scotland.shinyapps.io/scotlandperforms_alpha/?_ga=2.24427519.419740826.1531906450-1645498520.1523286581" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scotland.shinyapps.io/scotlandperforms_alpha/?_ga=2.24427519.419740826.1531906450-1645498520.1523286581" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wfto.com/" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.scot/publications/human-trafficking-exploitation-health-workers-need-know/pages/1/" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.walkfree.org/" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ilo.org/global/lang--en/index.htm" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Topics/Justice/policies/reducing-crime/human-trafficking/HumanTraffickingandExploitationScotlandAct2015/GuidetotheAct" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.modernslaveryregistry.org/" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.modernslaverymap.org/" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fairtrade.org.uk/" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.uk/government/collections/sustainable-procurement-the-government-buying-standards-gbs" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ssi/2015/446/regulation/57" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sustainableprocurementtools.scot/index.cfm/guidance/equality/" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gov.scot/Topics/Government/Procurement/policy/corporate-responsibility/Sustainability/ScottishProcess/SustainableProcurementTools" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/1971/77/contents" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gov.scot/Publications/2018/10/3200" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://freedomhouse.org/report-types/freedom-world" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cleanclothes.org/" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legislation.gov.uk/ukpga/2015/30/section/54" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://public-buyers-community.ec.europa.eu/resources/buying-green-handbook-green-public-procurement" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scottishfairtrade.org/workplace-learning/" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXML/item6.xml" Id="R0e3dc92c8a314a69" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14049,75 +18171,180 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXML/_rels/item6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXML/itemProps6.xml" Id="Rd3c4172d526e4b2384ade4b889302c76" /></Relationships>
+</file>
+
+<file path=customXML/item6.xml><?xml version="1.0" encoding="utf-8"?>
+<metadata xmlns="http://www.objective.com/ecm/document/metadata/53D26341A57B383EE0540010E0463CCA" version="1.0.0">
+  <systemFields>
+    <field name="Objective-Id">
+      <value order="0">A52618970</value>
+    </field>
+    <field name="Objective-Title">
+      <value order="0">Model guidance - 21 Fair and ethically traded - Worker conditions - Current version</value>
+    </field>
+    <field name="Objective-Description">
+      <value order="0"/>
+    </field>
+    <field name="Objective-CreationStamp">
+      <value order="0">2025-04-15T11:53:26Z</value>
+    </field>
+    <field name="Objective-IsApproved">
+      <value order="0">false</value>
+    </field>
+    <field name="Objective-IsPublished">
+      <value order="0">true</value>
+    </field>
+    <field name="Objective-DatePublished">
+      <value order="0">2026-01-27T10:51:44Z</value>
+    </field>
+    <field name="Objective-ModificationStamp">
+      <value order="0">2026-01-27T10:51:44Z</value>
+    </field>
+    <field name="Objective-Owner">
+      <value order="0">Hook, Lorraine LA (u112809)</value>
+    </field>
+    <field name="Objective-Path">
+      <value order="0">Objective Global Folder:SG File Plan:Government, politics and public administration:Public administration:Procurement:Advice and policy: Procurement:Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: 2020-2025</value>
+    </field>
+    <field name="Objective-Parent">
+      <value order="0">Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: 2020-2025</value>
+    </field>
+    <field name="Objective-State">
+      <value order="0">Published</value>
+    </field>
+    <field name="Objective-VersionId">
+      <value order="0">vA83787020</value>
+    </field>
+    <field name="Objective-Version">
+      <value order="0">2.0</value>
+    </field>
+    <field name="Objective-VersionNumber">
+      <value order="0">8</value>
+    </field>
+    <field name="Objective-VersionComment">
+      <value order="0">Adding preventing illegal working wording</value>
+    </field>
+    <field name="Objective-FileNumber">
+      <value order="0">CASE/531624</value>
+    </field>
+    <field name="Objective-Classification">
+      <value order="0">OFFICIAL</value>
+    </field>
+    <field name="Objective-Caveats">
+      <value order="0">Caveat for access to SG Fileplan</value>
+    </field>
+  </systemFields>
+  <catalogues>
+    <catalogue name="Document Type Catalogue" type="type" ori="id:cA35">
+      <field name="Objective-Date of Original">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Date Received">
+        <value order="0"/>
+      </field>
+      <field name="Objective-SG Web Publication - Category">
+        <value order="0"/>
+      </field>
+      <field name="Objective-SG Web Publication - Category 2 Classification">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Connect Creator">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Required Redaction">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Shared By">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Access Conditions">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Access Status">
+        <value order="0"/>
+      </field>
+      <field name="Objective-Date Open From">
+        <value order="0"/>
+      </field>
+    </catalogue>
+  </catalogues>
+</metadata>
+</file>
+
+<file path=customXML/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5745109E-2DDF-40CB-AC2B-FF9B10C90820}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.objective.com/ecm/document/metadata/53D26341A57B383EE0540010E0463CCA"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100EDD003176221744DA3A18E1368359F75" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="af9580735217c88bb68798031eec5a5b">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="ebbe1cec-9f85-4dc9-b20e-f14a3e814917" xmlns:ns3="689ed28b-9e68-408f-af46-eb30523f9f77" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75a6e824fc82a04262669efd29258a24" ns2:_="" ns3:_="">
     <xsd:import namespace="ebbe1cec-9f85-4dc9-b20e-f14a3e814917"/>
     <xsd:import namespace="689ed28b-9e68-408f-af46-eb30523f9f77"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:Number" minOccurs="0"/>
                 <xsd:element ref="ns2:DateTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -14334,242 +18561,148 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="ebbe1cec-9f85-4dc9-b20e-f14a3e814917">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="689ed28b-9e68-408f-af46-eb30523f9f77" xsi:nil="true"/>
     <DateTime xmlns="ebbe1cec-9f85-4dc9-b20e-f14a3e814917" xsi:nil="true"/>
     <Number xmlns="ebbe1cec-9f85-4dc9-b20e-f14a3e814917" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...93 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2CCE0572-CBF0-40A5-BB50-D5D62B5DDE98}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86D53898-90D6-437C-AC9C-B76018791DA4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="ebbe1cec-9f85-4dc9-b20e-f14a3e814917"/>
     <ds:schemaRef ds:uri="689ed28b-9e68-408f-af46-eb30523f9f77"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{542A9A00-9F36-44E9-9640-83A283FBA54B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3A6945F2-9A3E-4E0D-BE38-92812A46BAF1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ebbe1cec-9f85-4dc9-b20e-f14a3e814917"/>
     <ds:schemaRef ds:uri="689ed28b-9e68-408f-af46-eb30523f9f77"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>16</Pages>
-[...1 lines deleted...]
-  <Characters>35066</Characters>
+  <Pages>20</Pages>
+  <Words>6368</Words>
+  <Characters>36554</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>82</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>850</Lines>
+  <Paragraphs>322</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Scottish Government</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41135</CharactersWithSpaces>
+  <CharactersWithSpaces>42600</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="468" baseType="variant">
       <vt:variant>
         <vt:i4>7143550</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>267</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.legislation.gov.uk/ukpga/2015/30/section/54</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5898325</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -15963,122 +20096,134 @@
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Hook LA (Lorraine)</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Checked by">
     <vt:lpwstr>32123</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Objective-Id">
     <vt:lpwstr>A52618970</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Objective-Title">
-    <vt:lpwstr>Model guidance - 21 Fair and ethically traded - Worker conditions - Current version with SFT changes</vt:lpwstr>
+    <vt:lpwstr>Model guidance - 21 Fair and ethically traded - Worker conditions - Current version</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Objective-Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Objective-CreationStamp">
-    <vt:filetime>2025-04-15T10:53:26Z</vt:filetime>
+    <vt:filetime>2025-04-15T11:53:26Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Objective-IsApproved">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Objective-IsPublished">
     <vt:bool>true</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Objective-DatePublished">
-    <vt:filetime>2025-04-17T10:45:01Z</vt:filetime>
+    <vt:filetime>2026-01-27T10:51:44Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Objective-ModificationStamp">
-    <vt:filetime>2025-04-17T10:45:01Z</vt:filetime>
+    <vt:filetime>2026-01-27T10:51:44Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Objective-Owner">
     <vt:lpwstr>Hook, Lorraine LA (u112809)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Objective-Path">
     <vt:lpwstr>Objective Global Folder:SG File Plan:Government, politics and public administration:Public administration:Procurement:Advice and policy: Procurement:Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: 2020-2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Objective-Parent">
     <vt:lpwstr>Policy: Sustainable Procurement: Sustainable Procurement Tools and guidance: 2020-2025</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Objective-State">
     <vt:lpwstr>Published</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Objective-VersionId">
-    <vt:lpwstr>vA79402585</vt:lpwstr>
+    <vt:lpwstr>vA83787020</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Objective-Version">
-    <vt:lpwstr>1.0</vt:lpwstr>
+    <vt:lpwstr>2.0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Objective-VersionNumber">
-    <vt:r8>5</vt:r8>
+    <vt:r8>8</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Objective-VersionComment">
-    <vt:lpwstr/>
+    <vt:lpwstr>Adding preventing illegal working wording</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Objective-FileNumber">
     <vt:lpwstr>CASE/531624</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Objective-Classification">
-    <vt:lpwstr>OFFICIAL-SENSITIVE</vt:lpwstr>
+    <vt:lpwstr>OFFICIAL</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Objective-Caveats">
     <vt:lpwstr>Caveat for access to SG Fileplan</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Objective-Connect Creator">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Objective-Date Received">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Objective-Date of Original">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Objective-SG Web Publication - Category">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Objective-SG Web Publication - Category 2 Classification">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Objective-Comment">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Objective-Date of Original [system]">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Objective-Date Received [system]">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Objective-SG Web Publication - Category [system]">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Objective-SG Web Publication - Category 2 Classification [system]">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Objective-Connect Creator [system]">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Objective-Required Redaction">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="ContentTypeId">
     <vt:lpwstr>0x010100EDD003176221744DA3A18E1368359F75</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="Objective-Shared By">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="Objective-Access Conditions">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="Objective-Access Status">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="Objective-Date Open From">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>